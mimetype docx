--- v0 (2025-11-01)
+++ v1 (2026-02-16)
@@ -194,51 +194,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Título URL Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E7C3D53" w14:textId="77777777" w:rsidR="00311010" w:rsidRDefault="00311010" w:rsidP="00425B50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3F6F4147" w14:textId="48106DA4" w:rsidR="00425B50" w:rsidRDefault="001A114A" w:rsidP="00425B50">
+          <w:p w14:paraId="3F6F4147" w14:textId="48106DA4" w:rsidR="00425B50" w:rsidRDefault="00573DC4" w:rsidP="00425B50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidR="00896393" w:rsidRPr="00275E52">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 </w:rPr>
                 <w:t>https://www.datosabiertos.gob.pe/dataset/registro-de-alumnos-inscritos-en-los-talleres-municipales-de-la-municipalidad-distrital-de</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="0AF6190C" w14:textId="1D008902" w:rsidR="00311010" w:rsidRDefault="00311010" w:rsidP="00425B50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00425B50" w14:paraId="2EC58AEF" w14:textId="77777777" w:rsidTr="00893693">
@@ -785,91 +785,91 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="70D253EF" w:rsidR="00425B50" w:rsidRDefault="00A313F4" w:rsidP="0068454D">
+          <w:p w14:paraId="1B051219" w14:textId="442FA5F8" w:rsidR="00425B50" w:rsidRDefault="00A313F4" w:rsidP="0068454D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="00322214">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00322214">
-[...3 lines deleted...]
-              <w:t>08</w:t>
+            <w:r w:rsidR="00573DC4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00322214">
-[...3 lines deleted...]
-              <w:t>01</w:t>
+            <w:r w:rsidR="00573DC4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00425B50" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59316C5D" w14:textId="137D6F15" w:rsidR="00425B50" w:rsidRDefault="00425B50" w:rsidP="00425B50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -909,51 +909,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00425B50" w:rsidRPr="00322214" w:rsidRDefault="001A114A" w:rsidP="00425B50">
+          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00425B50" w:rsidRPr="00322214" w:rsidRDefault="00573DC4" w:rsidP="00425B50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:history="1">
               <w:r w:rsidR="00425B50" w:rsidRPr="009F0CA5">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:color w:val="0A77BD"/>
                   <w:kern w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00425B50" w14:paraId="50813B98" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
@@ -1913,50 +1913,51 @@
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="000B199C"/>
     <w:rsid w:val="000F772B"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="001A114A"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="00281D8F"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="002A730A"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="00311010"/>
     <w:rsid w:val="00322214"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E4836"/>
     <w:rsid w:val="00425B50"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="004B716F"/>
     <w:rsid w:val="004F1D9B"/>
     <w:rsid w:val="00504D0A"/>
     <w:rsid w:val="0053263F"/>
+    <w:rsid w:val="00573DC4"/>
     <w:rsid w:val="005B35B6"/>
     <w:rsid w:val="005F2C43"/>
     <w:rsid w:val="005F7490"/>
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00647FB5"/>
     <w:rsid w:val="00682CD5"/>
     <w:rsid w:val="0068454D"/>
     <w:rsid w:val="006A00FC"/>
     <w:rsid w:val="0070589E"/>
     <w:rsid w:val="00710D88"/>
     <w:rsid w:val="00717CED"/>
     <w:rsid w:val="00760C8D"/>
     <w:rsid w:val="007840A6"/>
     <w:rsid w:val="00784F6F"/>
     <w:rsid w:val="007C23A8"/>
     <w:rsid w:val="00876384"/>
     <w:rsid w:val="00893693"/>
     <w:rsid w:val="00896393"/>
     <w:rsid w:val="00904DBB"/>
     <w:rsid w:val="00923541"/>
     <w:rsid w:val="009379D2"/>
     <w:rsid w:val="0095347C"/>
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="0099547F"/>
     <w:rsid w:val="009A7FF5"/>