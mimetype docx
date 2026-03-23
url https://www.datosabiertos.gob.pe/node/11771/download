--- v0 (2025-10-30)
+++ v1 (2026-03-23)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2B2CF1CA" w14:textId="31C99E76" w:rsidR="0095347C" w:rsidRPr="00717CED" w:rsidRDefault="009F0CA5" w:rsidP="00717CED">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717CED">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>METADATOS</w:t>
       </w:r>
     </w:p>
@@ -293,51 +293,51 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36F150E9" w14:textId="738F6BC0" w:rsidR="00CD25C2" w:rsidRDefault="004E4DA4" w:rsidP="00561525">
+          <w:p w14:paraId="36F150E9" w14:textId="738F6BC0" w:rsidR="00CD25C2" w:rsidRDefault="004E4DA4" w:rsidP="00932FD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">La </w:t>
             </w:r>
             <w:r w:rsidR="002E47A9" w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">base de datos de </w:t>
             </w:r>
             <w:r w:rsidRPr="007468E8">
@@ -431,61 +431,61 @@
             <w:r w:rsidR="002E47A9" w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> medida es en </w:t>
             </w:r>
             <w:r w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>toneladas</w:t>
             </w:r>
             <w:r w:rsidR="00AA5764">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45463442" w14:textId="314F8EDC" w:rsidR="00FC3319" w:rsidRDefault="00FC3319" w:rsidP="00561525">
+          <w:p w14:paraId="45463442" w14:textId="314F8EDC" w:rsidR="00FC3319" w:rsidRDefault="00FC3319" w:rsidP="00932FD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="54286151" w14:textId="7240310D" w:rsidR="00FC3319" w:rsidRPr="007468E8" w:rsidRDefault="00AA5764" w:rsidP="00561525">
+          <w:p w14:paraId="54286151" w14:textId="7240310D" w:rsidR="00FC3319" w:rsidRPr="007468E8" w:rsidRDefault="00AA5764" w:rsidP="00932FD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Los r</w:t>
             </w:r>
             <w:r w:rsidR="00FC3319" w:rsidRPr="00FC3319">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">esiduos sólidos </w:t>
             </w:r>
             <w:r w:rsidR="00DA0CA5">
@@ -507,141 +507,141 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">que </w:t>
             </w:r>
             <w:r w:rsidR="00FC3319" w:rsidRPr="00FC3319">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>comprenden específicamente como fuente de generación a las viviendas</w:t>
             </w:r>
             <w:r w:rsidR="00DA0CA5">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, los establecimientos comerciales, restaurantes, hoteles, mercados, instituciones públicas y privadas, instituciones educativas y del servicio de barrido y limpieza de espacios públicos.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="177503E6" w14:textId="3E9C71D8" w:rsidR="002E47A9" w:rsidRPr="007468E8" w:rsidRDefault="002E47A9" w:rsidP="00561525">
+          <w:p w14:paraId="177503E6" w14:textId="3E9C71D8" w:rsidR="002E47A9" w:rsidRPr="007468E8" w:rsidRDefault="002E47A9" w:rsidP="00932FD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="12C833B4" w14:textId="2757AB11" w:rsidR="002E47A9" w:rsidRPr="007468E8" w:rsidRDefault="002E47A9" w:rsidP="00561525">
+          <w:p w14:paraId="12C833B4" w14:textId="2757AB11" w:rsidR="002E47A9" w:rsidRPr="007468E8" w:rsidRDefault="002E47A9" w:rsidP="00932FD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>La información que se toma de insumo para la estimación de esta estadística es obtenida a partir de los reportes de información sobre la gestión de los residuos sólidos que realizan anualmente las municipalidades provinciales y distritales en el Sistema de Información para la Gestión de los Residuos Sólidos – SIGERSOL del ámbito municipal, el cual es administrado por el Ministerio del Ambiente.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13BE66D6" w14:textId="77777777" w:rsidR="002E47A9" w:rsidRPr="007468E8" w:rsidRDefault="002E47A9" w:rsidP="00561525">
+          <w:p w14:paraId="13BE66D6" w14:textId="77777777" w:rsidR="002E47A9" w:rsidRPr="007468E8" w:rsidRDefault="002E47A9" w:rsidP="00932FD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1E91650C" w14:textId="01E8CCCB" w:rsidR="00FC3319" w:rsidRDefault="00B571FB" w:rsidP="00561525">
+          <w:p w14:paraId="1E91650C" w14:textId="01E8CCCB" w:rsidR="00FC3319" w:rsidRDefault="00B571FB" w:rsidP="00932FD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Est</w:t>
             </w:r>
             <w:r w:rsidR="002E47A9" w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a estadística es construida a partir de</w:t>
             </w:r>
             <w:r w:rsidR="00DA0CA5">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> la</w:t>
             </w:r>
             <w:r w:rsidR="00DA0CA5" w:rsidRPr="00DA0CA5">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> sumatoria de la generación de residuos domiciliarios y la generación de los residuos no domiciliarios.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B052B30" w14:textId="77777777" w:rsidR="00DA0CA5" w:rsidRPr="00DA0CA5" w:rsidRDefault="00DA0CA5" w:rsidP="00561525">
+          <w:p w14:paraId="5B052B30" w14:textId="77777777" w:rsidR="00DA0CA5" w:rsidRPr="00DA0CA5" w:rsidRDefault="00DA0CA5" w:rsidP="00932FD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3951EAEE" w14:textId="77777777" w:rsidR="00CD25C2" w:rsidRDefault="0092691D" w:rsidP="00561525">
+          <w:p w14:paraId="3951EAEE" w14:textId="77777777" w:rsidR="00CD25C2" w:rsidRDefault="0092691D" w:rsidP="00932FD8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0092691D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Se debe precisar que la generación de los residuos domiciliarios según las estimaciones del Centro Panamericano de Ingeniería Sanitaria y Ciencias del Ambiente (CEPIS) corresponden al 70% del total de los residuos sólidos municipales y la generación de los residuos no domiciliarios corresponde al 30% de los residuos municipales.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1768E929" w14:textId="1C1A5595" w:rsidR="0092691D" w:rsidRPr="007468E8" w:rsidRDefault="0092691D" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -727,89 +727,73 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Fuente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14AEEBCE" w14:textId="13714AC7" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00846AC7" w:rsidP="00504D0A">
+          <w:p w14:paraId="14AEEBCE" w14:textId="2CDFD966" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00846AC7" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dirección de Instrumentos de Gestión de Residuos Sólidos</w:t>
             </w:r>
             <w:r w:rsidR="004E4DA4" w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">de la Dirección General de </w:t>
+              <w:t xml:space="preserve"> de la Dirección General de </w:t>
             </w:r>
             <w:r w:rsidR="00881CC6" w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Gestión de </w:t>
             </w:r>
             <w:r w:rsidR="004E4DA4" w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Residuos Sólidos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w:rsidRPr="007468E8" w14:paraId="28E3066C" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -818,125 +802,125 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Etiquetas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B88C464" w14:textId="3F2224F1" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00F063B5" w:rsidP="00504D0A">
+          <w:p w14:paraId="5B88C464" w14:textId="080D4849" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00F063B5" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Resid</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">uos municipales, generación de residuos </w:t>
+              <w:t>Residuos</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA5764">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, municipal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w:rsidRPr="007468E8" w14:paraId="43175C4D" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12BAD6F9" w14:textId="0D974740" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Fecha de creación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71ED991A" w14:textId="66117136" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00561525" w:rsidP="00504D0A">
+          <w:p w14:paraId="71ED991A" w14:textId="1778B059" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00B05F3A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>2024-12-12</w:t>
+              <w:t>2025-12-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w:rsidRPr="007468E8" w14:paraId="011842A8" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35EB519A" w14:textId="7F952C47" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
@@ -986,67 +970,67 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="347DAB98" w:rsidR="003560AB" w:rsidRPr="007468E8" w:rsidRDefault="00561525" w:rsidP="00CD25C2">
+          <w:p w14:paraId="1B051219" w14:textId="2140243E" w:rsidR="003560AB" w:rsidRPr="007468E8" w:rsidRDefault="00B05F3A" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>2024-12-12</w:t>
+              <w:t>2025-12-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w:rsidRPr="007468E8" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="00832C3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59316C5D" w14:textId="137D6F15" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
@@ -1068,93 +1052,93 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00846AC7" w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">.0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D1C10" w:rsidRPr="00561525" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00832C3C">
+      <w:tr w:rsidR="000D1C10" w:rsidRPr="00B05F3A" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00832C3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="000D1C10" w:rsidRPr="007468E8" w:rsidRDefault="000D1C10" w:rsidP="000D1C10">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8300A7" w14:textId="56A44F11" w:rsidR="000D1C10" w:rsidRPr="00610FAA" w:rsidRDefault="00000000" w:rsidP="000D1C10">
+          <w:p w14:paraId="2A8300A7" w14:textId="56A44F11" w:rsidR="000D1C10" w:rsidRPr="00610FAA" w:rsidRDefault="000D1C10" w:rsidP="000D1C10">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hipervnculo"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:history="1">
-              <w:r w:rsidR="000D1C10" w:rsidRPr="00610FAA">
+              <w:r w:rsidRPr="00610FAA">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w:rsidRPr="007468E8" w14:paraId="50813B98" w14:textId="77777777" w:rsidTr="00832C3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78F51BD0" w14:textId="026C8583" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1369,125 +1353,131 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">Cobertura </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29A0014F" w14:textId="0B92E87B" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="004E4DA4" w:rsidP="00CD25C2">
+          <w:p w14:paraId="29A0014F" w14:textId="09D922B7" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="004E4DA4" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Perú, 2014-202</w:t>
             </w:r>
-            <w:r w:rsidR="0028137C">
-[...5 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="00B05F3A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w:rsidRPr="007468E8" w14:paraId="494AA20C" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E758B40" w14:textId="2431496E" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007468E8">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Correo de contacto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E87C2D7" w14:textId="03A21B8C" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="00000000" w:rsidP="00CD25C2">
+          <w:p w14:paraId="4E87C2D7" w14:textId="4203FCC9" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="00B05F3A" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
-              <w:r w:rsidR="00F17925" w:rsidRPr="0035303F">
+              <w:r w:rsidRPr="00975D31">
+                <w:rPr>
+                  <w:rStyle w:val="Hipervnculo"/>
+                </w:rPr>
+                <w:t>msandoval</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00975D31">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>vmendoza@minam.gob.pe</w:t>
+                <w:t>@minam.gob.pe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="633FB76F" w14:textId="57B106AA" w:rsidR="004E4DA4" w:rsidRDefault="004E4DA4" w:rsidP="00DA6578">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D59965A" w14:textId="30E9D86F" w:rsidR="007468E8" w:rsidRDefault="007468E8" w:rsidP="00DA6578">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1620D6B8" w14:textId="04DA13C2" w:rsidR="007468E8" w:rsidRDefault="007468E8" w:rsidP="00DA6578">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
@@ -1517,98 +1507,98 @@
     <w:p w14:paraId="38C4FC5E" w14:textId="78127637" w:rsidR="007468E8" w:rsidRDefault="007468E8" w:rsidP="00DA6578">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EFD0FE0" w14:textId="3D56D599" w:rsidR="007468E8" w:rsidRDefault="007468E8" w:rsidP="00DA6578">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007468E8" w:rsidSect="003E4836">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A611634"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4B0CD6E"/>
     <w:lvl w:ilvl="0" w:tplc="280A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2270,125 +2260,126 @@
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1484663315">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="445779428">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="379598773">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1556237171">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1822308602">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1395280826">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="149"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="00006E53"/>
     <w:rsid w:val="00011D17"/>
     <w:rsid w:val="0002453E"/>
     <w:rsid w:val="00056936"/>
     <w:rsid w:val="00091407"/>
     <w:rsid w:val="000C03D9"/>
     <w:rsid w:val="000C78C5"/>
     <w:rsid w:val="000D1C10"/>
-    <w:rsid w:val="000E3E8F"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00121484"/>
     <w:rsid w:val="001440F9"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="0028137C"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="002A74DC"/>
     <w:rsid w:val="002B6FA7"/>
     <w:rsid w:val="002D38FD"/>
     <w:rsid w:val="002E47A9"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="003066F0"/>
     <w:rsid w:val="003560AB"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E4836"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="004E4DA4"/>
     <w:rsid w:val="004F1C27"/>
     <w:rsid w:val="004F1D9B"/>
     <w:rsid w:val="00504D0A"/>
     <w:rsid w:val="0053263F"/>
-    <w:rsid w:val="00561525"/>
     <w:rsid w:val="005F2C43"/>
     <w:rsid w:val="00610FAA"/>
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00647FB5"/>
     <w:rsid w:val="00682CD5"/>
     <w:rsid w:val="006D7112"/>
     <w:rsid w:val="0070589E"/>
     <w:rsid w:val="00717CED"/>
     <w:rsid w:val="007468E8"/>
     <w:rsid w:val="007840A6"/>
     <w:rsid w:val="00790D5D"/>
     <w:rsid w:val="00832C3C"/>
     <w:rsid w:val="00846AC7"/>
     <w:rsid w:val="00876384"/>
     <w:rsid w:val="00881CC6"/>
     <w:rsid w:val="00904DBB"/>
     <w:rsid w:val="0092691D"/>
+    <w:rsid w:val="00932FD8"/>
     <w:rsid w:val="009379D2"/>
     <w:rsid w:val="0095347C"/>
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
     <w:rsid w:val="009F0CA5"/>
     <w:rsid w:val="00A440BC"/>
+    <w:rsid w:val="00A63579"/>
     <w:rsid w:val="00A81555"/>
     <w:rsid w:val="00AA5764"/>
+    <w:rsid w:val="00B05F3A"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B571FB"/>
     <w:rsid w:val="00B6616D"/>
     <w:rsid w:val="00B67D68"/>
     <w:rsid w:val="00B74C1C"/>
     <w:rsid w:val="00BC3FC0"/>
     <w:rsid w:val="00BD3180"/>
     <w:rsid w:val="00BD3384"/>
     <w:rsid w:val="00BE2CC3"/>
     <w:rsid w:val="00C51902"/>
     <w:rsid w:val="00C70D1B"/>
     <w:rsid w:val="00C961F8"/>
     <w:rsid w:val="00CD25C2"/>
     <w:rsid w:val="00D00322"/>
     <w:rsid w:val="00D04097"/>
     <w:rsid w:val="00D10843"/>
     <w:rsid w:val="00D1664A"/>
     <w:rsid w:val="00D5559D"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA0CA5"/>
     <w:rsid w:val="00DA6578"/>
     <w:rsid w:val="00DB750E"/>
     <w:rsid w:val="00E47616"/>
     <w:rsid w:val="00EB1A82"/>
     <w:rsid w:val="00EB634D"/>
@@ -2411,51 +2402,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4042BE67"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{21A38796-FE20-4F81-96E3-6C3D7A2F0396}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-PE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3035,51 +3026,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
     <w:name w:val="Texto de globo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textodeglobo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00832C3C"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="903294070">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1137454505">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3344,51 +3335,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2052068829">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vmendoza@minam.gob.pe" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://opendefinition.org/licenses/odc-by/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msandoval@minam.gob.pe" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://opendefinition.org/licenses/odc-by/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3629,69 +3620,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1107860-72AD-4860-9F7C-06FFDEA33499}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>374</Words>
-  <Characters>2058</Characters>
+  <Words>368</Words>
+  <Characters>2024</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2428</CharactersWithSpaces>
+  <CharactersWithSpaces>2388</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alma Fernanda Vera Quea</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>