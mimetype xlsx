--- v0 (2025-10-28)
+++ v1 (2026-03-23)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nalvarez\Desktop\NATALY\2. DATASETS\9. INFORMACION DESCARGADA DESDE DRIVE\2014_2023_Residuos municipales generados anualmente\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nalvarez\Desktop\NATALY\2. DATASETS\3. Residuos municipales generados anualmente\1. Residuos municipales generados anualmente\UNIFICADO\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8B4B1508-2116-4247-98D6-C483CEC889CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3FC4A2BB-551F-43D9-89C4-9101DD358258}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{8FB7A556-ECDB-4209-B4E1-66CB754770F6}"/>
   </bookViews>
   <sheets>
-    <sheet name="c. Diccionario de datos " sheetId="8" r:id="rId1"/>
+    <sheet name="C" sheetId="8" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="46">
   <si>
     <t>Variable</t>
   </si>
   <si>
@@ -653,52 +653,52 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D6525B1D-53BE-4BFE-B13F-4D6467F2CBD4}">
   <dimension ref="A2:F19"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="B11" sqref="B11"/>
+    <sheetView tabSelected="1" topLeftCell="A16" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="B18" sqref="B18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="23.28515625" style="2" customWidth="1"/>
     <col min="2" max="2" width="84.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="16" style="1" customWidth="1"/>
     <col min="4" max="4" width="10.7109375" style="1"/>
     <col min="5" max="5" width="22.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="26.5703125" style="1" customWidth="1"/>
     <col min="7" max="16384" width="10.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C2" s="7"/>
       <c r="D2" s="7"/>
       <c r="E2" s="7"/>
       <c r="F2" s="7"/>
     </row>
@@ -760,87 +760,87 @@
       </c>
       <c r="D6" s="12">
         <v>4</v>
       </c>
       <c r="E6" s="11"/>
       <c r="F6" s="13"/>
     </row>
     <row r="7" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="11" t="s">
         <v>37</v>
       </c>
       <c r="C7" s="11" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="12">
         <v>6</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="13"/>
     </row>
-    <row r="8" spans="1:6" ht="59.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:6" ht="57" x14ac:dyDescent="0.2">
       <c r="A8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="14" t="s">
         <v>38</v>
       </c>
       <c r="C8" s="11" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="12">
         <v>6</v>
       </c>
       <c r="E8" s="11" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="13"/>
     </row>
-    <row r="9" spans="1:6" ht="59.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:6" ht="57" x14ac:dyDescent="0.2">
       <c r="A9" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="14" t="s">
         <v>39</v>
       </c>
       <c r="C9" s="11" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="12">
         <v>13</v>
       </c>
       <c r="E9" s="11" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="13"/>
     </row>
-    <row r="10" spans="1:6" ht="93" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:6" ht="57.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="14" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="11" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="12">
         <v>50</v>
       </c>
       <c r="E10" s="11" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="13"/>
     </row>
     <row r="11" spans="1:6" ht="71.25" x14ac:dyDescent="0.2">
       <c r="A11" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="11" t="s">
@@ -904,87 +904,87 @@
         <v>8</v>
       </c>
       <c r="E14" s="11" t="s">
         <v>9</v>
       </c>
       <c r="F14" s="13"/>
     </row>
     <row r="15" spans="1:6" ht="62.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="10" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="10" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="11" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="12">
         <v>4</v>
       </c>
       <c r="E15" s="15"/>
       <c r="F15" s="10" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="16" spans="1:6" s="4" customFormat="1" ht="105" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:6" s="4" customFormat="1" ht="87" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="10" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="10" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="11" t="s">
         <v>6</v>
       </c>
       <c r="D16" s="12">
         <v>12</v>
       </c>
       <c r="E16" s="15"/>
       <c r="F16" s="10" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="17" spans="1:6" ht="162.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:6" ht="156.75" x14ac:dyDescent="0.2">
       <c r="A17" s="10" t="s">
         <v>29</v>
       </c>
       <c r="B17" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="11" t="s">
         <v>6</v>
       </c>
       <c r="D17" s="12">
         <v>12</v>
       </c>
       <c r="E17" s="15"/>
       <c r="F17" s="10" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="18" spans="1:6" s="4" customFormat="1" ht="148.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:6" s="4" customFormat="1" ht="129" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
         <v>33</v>
       </c>
       <c r="B18" s="10" t="s">
         <v>45</v>
       </c>
       <c r="C18" s="11" t="s">
         <v>6</v>
       </c>
       <c r="D18" s="12">
         <v>12</v>
       </c>
       <c r="E18" s="15"/>
       <c r="F18" s="10" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A19" s="10" t="s">
         <v>27</v>
       </c>
       <c r="B19" s="10" t="s">
         <v>36</v>
       </c>
       <c r="C19" s="11" t="s">
@@ -999,44 +999,44 @@
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>c. Diccionario de datos </vt:lpstr>
+      <vt:lpstr>C</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Alma Fernanda Vera Quea</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>