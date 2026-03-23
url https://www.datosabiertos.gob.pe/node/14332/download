--- v0 (2025-10-27)
+++ v1 (2026-03-23)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20379"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nalvarez\Desktop\NATALY\2. DATASETS\9. INFORMACION DESCARGADA DESDE DRIVE\4. 2019_2023_Composición anual de residuos domiciliarios distrital\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\1. MINAM-DGRS (HP)\2023\1. Coord. de Información de residuos\Datos abiertos Minam\D. Composición Anual de residuos domiciliarios_Distrital_2019_2021\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A5DBA4E3-BD2C-40AF-AF26-75DF7C6FBE3E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EBCF1651-6F5C-4A63-9E56-DC27EEAEEC41}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{8FB7A556-ECDB-4209-B4E1-66CB754770F6}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9060" xr2:uid="{8FB7A556-ECDB-4209-B4E1-66CB754770F6}"/>
   </bookViews>
   <sheets>
     <sheet name="D" sheetId="10" r:id="rId1"/>
   </sheets>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="108">
   <si>
     <t>Variable</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Tipo de dato</t>
   </si>
   <si>
@@ -856,902 +856,902 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3A36E295-4D7D-47E0-801D-C873552FA26F}">
   <dimension ref="A2:F50"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A40" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="D44" sqref="D44"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="F10" sqref="F10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="10.6640625" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="28.42578125" style="15" customWidth="1"/>
-    <col min="2" max="2" width="84.7109375" style="5" customWidth="1"/>
+    <col min="1" max="1" width="28.44140625" style="15" customWidth="1"/>
+    <col min="2" max="2" width="84.6640625" style="5" customWidth="1"/>
     <col min="3" max="3" width="16" style="5" customWidth="1"/>
-    <col min="4" max="4" width="10.7109375" style="5"/>
-[...2 lines deleted...]
-    <col min="7" max="16384" width="10.7109375" style="1"/>
+    <col min="4" max="4" width="10.6640625" style="5"/>
+    <col min="5" max="5" width="22.6640625" style="5" customWidth="1"/>
+    <col min="6" max="6" width="37.33203125" style="5" customWidth="1"/>
+    <col min="7" max="16384" width="10.6640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:6" ht="33.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:6" ht="33.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="4" spans="1:6" ht="28.5" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="9">
         <v>8</v>
       </c>
       <c r="E5" s="8"/>
       <c r="F5" s="10" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="11" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D6" s="9">
         <v>4</v>
       </c>
       <c r="E6" s="8"/>
       <c r="F6" s="10"/>
     </row>
-    <row r="7" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="9">
         <v>6</v>
       </c>
       <c r="E7" s="8" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="10"/>
     </row>
-    <row r="8" spans="1:6" ht="57" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:6" ht="55.2" x14ac:dyDescent="0.25">
       <c r="A8" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="9">
         <v>6</v>
       </c>
       <c r="E8" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="10"/>
     </row>
-    <row r="9" spans="1:6" ht="57" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:6" ht="55.2" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="9">
         <v>13</v>
       </c>
       <c r="E9" s="8" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="10"/>
     </row>
-    <row r="10" spans="1:6" ht="85.5" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:6" ht="69" x14ac:dyDescent="0.25">
       <c r="A10" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="11" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="9">
         <v>50</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="10"/>
     </row>
-    <row r="11" spans="1:6" s="2" customFormat="1" ht="87" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:6" s="2" customFormat="1" ht="87" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="9">
         <v>50</v>
       </c>
       <c r="E11" s="8" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="10"/>
     </row>
-    <row r="12" spans="1:6" s="2" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:6" s="2" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="13" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D12" s="9">
         <v>8</v>
       </c>
       <c r="E12" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="10"/>
     </row>
-    <row r="13" spans="1:6" s="2" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:6" s="2" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="13" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D13" s="9">
         <v>8</v>
       </c>
       <c r="E13" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F13" s="10"/>
     </row>
-    <row r="14" spans="1:6" s="2" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:6" s="2" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="13" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D14" s="9">
         <v>8</v>
       </c>
       <c r="E14" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F14" s="10"/>
     </row>
-    <row r="15" spans="1:6" s="2" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:6" s="2" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="7" t="s">
         <v>38</v>
       </c>
       <c r="B15" s="13" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="9">
         <v>4</v>
       </c>
       <c r="E15" s="8"/>
       <c r="F15" s="10" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="16" spans="1:6" s="2" customFormat="1" ht="127.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:6" s="2" customFormat="1" ht="127.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="7" t="s">
         <v>40</v>
       </c>
       <c r="B16" s="13" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D16" s="9">
         <v>12</v>
       </c>
       <c r="E16" s="8"/>
       <c r="F16" s="10" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="17" spans="1:6" ht="110.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:6" ht="110.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="7" t="s">
         <v>42</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>92</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D17" s="9">
         <v>4</v>
       </c>
       <c r="E17" s="14"/>
       <c r="F17" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="18" spans="1:6" ht="114" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:6" ht="114" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="7" t="s">
         <v>91</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>69</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D18" s="9">
         <v>4</v>
       </c>
       <c r="E18" s="14"/>
       <c r="F18" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="19" spans="1:6" ht="103.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:6" ht="103.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>93</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D19" s="9">
         <v>4</v>
       </c>
       <c r="E19" s="14"/>
       <c r="F19" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="20" spans="1:6" ht="99.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:6" ht="99.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="7" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="7" t="s">
         <v>95</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D20" s="9">
         <v>4</v>
       </c>
       <c r="E20" s="14"/>
       <c r="F20" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="21" spans="1:6" ht="99.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:6" ht="99.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="7" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="7" t="s">
         <v>70</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D21" s="9">
         <v>4</v>
       </c>
       <c r="E21" s="14"/>
       <c r="F21" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="22" spans="1:6" ht="110.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:6" ht="110.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="7" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>94</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D22" s="9">
         <v>4</v>
       </c>
       <c r="E22" s="14"/>
       <c r="F22" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="23" spans="1:6" ht="99.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:6" ht="99.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="7" t="s">
         <v>47</v>
       </c>
       <c r="B23" s="7" t="s">
         <v>71</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D23" s="9">
         <v>4</v>
       </c>
       <c r="E23" s="14"/>
       <c r="F23" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="24" spans="1:6" ht="99.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:6" ht="99.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="7" t="s">
         <v>48</v>
       </c>
       <c r="B24" s="7" t="s">
         <v>96</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D24" s="9">
         <v>4</v>
       </c>
       <c r="E24" s="14"/>
       <c r="F24" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="25" spans="1:6" ht="122.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:6" ht="122.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="7" t="s">
         <v>49</v>
       </c>
       <c r="B25" s="7" t="s">
         <v>97</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D25" s="9">
         <v>4</v>
       </c>
       <c r="E25" s="14"/>
       <c r="F25" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="26" spans="1:6" ht="99.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:6" ht="99.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="7" t="s">
         <v>50</v>
       </c>
       <c r="B26" s="7" t="s">
         <v>72</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D26" s="9">
         <v>4</v>
       </c>
       <c r="E26" s="14"/>
       <c r="F26" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="27" spans="1:6" ht="99.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:6" ht="99.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="7" t="s">
         <v>51</v>
       </c>
       <c r="B27" s="7" t="s">
         <v>98</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D27" s="9">
         <v>4</v>
       </c>
       <c r="E27" s="14"/>
       <c r="F27" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="28" spans="1:6" ht="99.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:6" ht="99.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="7" t="s">
         <v>52</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>73</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D28" s="9">
         <v>4</v>
       </c>
       <c r="E28" s="14"/>
       <c r="F28" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="29" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="7" t="s">
         <v>53</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>74</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D29" s="9">
         <v>4</v>
       </c>
       <c r="E29" s="14"/>
       <c r="F29" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="30" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="7" t="s">
         <v>54</v>
       </c>
       <c r="B30" s="7" t="s">
         <v>75</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D30" s="9">
         <v>5</v>
       </c>
       <c r="E30" s="14"/>
       <c r="F30" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="31" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="7" t="s">
         <v>55</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>76</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D31" s="9">
         <v>4</v>
       </c>
       <c r="E31" s="14"/>
       <c r="F31" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="32" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="7" t="s">
         <v>56</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>77</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D32" s="9">
         <v>4</v>
       </c>
       <c r="E32" s="14"/>
       <c r="F32" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="33" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="7" t="s">
         <v>57</v>
       </c>
       <c r="B33" s="7" t="s">
         <v>78</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D33" s="9">
         <v>4</v>
       </c>
       <c r="E33" s="14"/>
       <c r="F33" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="34" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="7" t="s">
         <v>58</v>
       </c>
       <c r="B34" s="7" t="s">
         <v>79</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D34" s="9">
         <v>4</v>
       </c>
       <c r="E34" s="14"/>
       <c r="F34" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="35" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="7" t="s">
         <v>59</v>
       </c>
       <c r="B35" s="7" t="s">
         <v>100</v>
       </c>
       <c r="C35" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D35" s="9">
         <v>4</v>
       </c>
       <c r="E35" s="14"/>
       <c r="F35" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="36" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="7" t="s">
         <v>60</v>
       </c>
       <c r="B36" s="7" t="s">
         <v>90</v>
       </c>
       <c r="C36" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D36" s="9">
         <v>4</v>
       </c>
       <c r="E36" s="14"/>
       <c r="F36" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="37" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="7" t="s">
         <v>61</v>
       </c>
       <c r="B37" s="7" t="s">
         <v>99</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D37" s="9">
         <v>4</v>
       </c>
       <c r="E37" s="14"/>
       <c r="F37" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="38" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="7" t="s">
         <v>62</v>
       </c>
       <c r="B38" s="7" t="s">
         <v>89</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D38" s="9">
         <v>4</v>
       </c>
       <c r="E38" s="14"/>
       <c r="F38" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="39" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="7" t="s">
         <v>63</v>
       </c>
       <c r="B39" s="7" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D39" s="9">
         <v>4</v>
       </c>
       <c r="E39" s="14"/>
       <c r="F39" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="40" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="7" t="s">
         <v>64</v>
       </c>
       <c r="B40" s="7" t="s">
         <v>81</v>
       </c>
       <c r="C40" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D40" s="9">
         <v>4</v>
       </c>
       <c r="E40" s="14"/>
       <c r="F40" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="41" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="7" t="s">
         <v>101</v>
       </c>
       <c r="B41" s="7" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D41" s="9">
         <v>4</v>
       </c>
       <c r="E41" s="14"/>
       <c r="F41" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="42" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="7" t="s">
         <v>65</v>
       </c>
       <c r="B42" s="7" t="s">
         <v>83</v>
       </c>
       <c r="C42" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D42" s="9">
         <v>4</v>
       </c>
       <c r="E42" s="14"/>
       <c r="F42" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="43" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7" t="s">
         <v>66</v>
       </c>
       <c r="B43" s="7" t="s">
         <v>104</v>
       </c>
       <c r="C43" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D43" s="9">
         <v>4</v>
       </c>
       <c r="E43" s="14"/>
       <c r="F43" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="44" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="7" t="s">
         <v>102</v>
       </c>
       <c r="B44" s="7" t="s">
         <v>103</v>
       </c>
       <c r="C44" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D44" s="9">
         <v>4</v>
       </c>
       <c r="E44" s="14"/>
       <c r="F44" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="45" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="7" t="s">
         <v>67</v>
       </c>
       <c r="B45" s="7" t="s">
         <v>84</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D45" s="9">
         <v>4</v>
       </c>
       <c r="E45" s="14"/>
       <c r="F45" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="46" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="7" t="s">
         <v>105</v>
       </c>
       <c r="B46" s="7" t="s">
         <v>85</v>
       </c>
       <c r="C46" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D46" s="9">
         <v>4</v>
       </c>
       <c r="E46" s="14"/>
       <c r="F46" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="47" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="7" t="s">
         <v>68</v>
       </c>
       <c r="B47" s="7" t="s">
         <v>86</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D47" s="9">
         <v>4</v>
       </c>
       <c r="E47" s="14"/>
       <c r="F47" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="48" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="7" t="s">
         <v>106</v>
       </c>
       <c r="B48" s="7" t="s">
         <v>87</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D48" s="9">
         <v>4</v>
       </c>
       <c r="E48" s="14"/>
       <c r="F48" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="49" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:6" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="7" t="s">
         <v>107</v>
       </c>
       <c r="B49" s="7" t="s">
         <v>88</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D49" s="9">
         <v>4</v>
       </c>
       <c r="E49" s="14"/>
       <c r="F49" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="50" spans="1:6" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:6" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B50" s="7" t="s">
         <v>35</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D50" s="9">
         <v>4</v>
       </c>
       <c r="E50" s="14"/>
       <c r="F50" s="10" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">