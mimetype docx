--- v0 (2025-10-29)
+++ v1 (2026-01-15)
@@ -1335,111 +1335,121 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F4B12D1" w14:textId="7713772D" w:rsidR="00F25B3C" w:rsidRPr="00F25B3C" w:rsidRDefault="002C775E" w:rsidP="002C775E">
+          <w:p w14:paraId="7F4B12D1" w14:textId="18DD852B" w:rsidR="00F25B3C" w:rsidRPr="00F25B3C" w:rsidRDefault="002C775E" w:rsidP="0033416C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
+            <w:r w:rsidR="0039402C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="0090269B" w:rsidRPr="00F25B3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0033416C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="0039402C">
-[...8 lines deleted...]
-            </w:r>
             <w:r w:rsidR="0090269B" w:rsidRPr="00F25B3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...19 lines deleted...]
-              <w:t>0/202</w:t>
+              <w:t>/202</w:t>
             </w:r>
             <w:r w:rsidR="0039402C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F25B3C" w:rsidRPr="00F25B3C" w14:paraId="0E25221F" w14:textId="77777777" w:rsidTr="00F25B3C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1555,51 +1565,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65FE9762" w14:textId="77777777" w:rsidR="00F25B3C" w:rsidRPr="008A1024" w:rsidRDefault="0083332B" w:rsidP="00F25B3C">
+          <w:p w14:paraId="65FE9762" w14:textId="77777777" w:rsidR="00F25B3C" w:rsidRPr="008A1024" w:rsidRDefault="00E037D4" w:rsidP="00F25B3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="0563C1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US" w:eastAsia="es-PE"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidR="00F25B3C" w:rsidRPr="008A1024">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="en-US" w:eastAsia="es-PE"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
@@ -2035,148 +2045,150 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
               </w:rPr>
               <w:t>Correo de contacto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="358D8CAF" w14:textId="77777777" w:rsidR="00F25B3C" w:rsidRPr="00F25B3C" w:rsidRDefault="0083332B" w:rsidP="00F25B3C">
+          <w:p w14:paraId="358D8CAF" w14:textId="77777777" w:rsidR="00F25B3C" w:rsidRPr="00F25B3C" w:rsidRDefault="00E037D4" w:rsidP="00F25B3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="0563C1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidR="00F25B3C" w:rsidRPr="00F25B3C">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
                 </w:rPr>
                 <w:t>dgutierrez@munlima.gob.pe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="465D3EA5" w14:textId="77777777" w:rsidR="00DD2FA4" w:rsidRPr="00F25B3C" w:rsidRDefault="00DD2FA4" w:rsidP="00F25B3C"/>
     <w:sectPr w:rsidR="00DD2FA4" w:rsidRPr="00F25B3C" w:rsidSect="001D4E34">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1701" w:bottom="1418" w:left="1701" w:header="709" w:footer="680" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A5B2A48" w14:textId="77777777" w:rsidR="0083332B" w:rsidRDefault="0083332B" w:rsidP="00C5698F">
+    <w:p w14:paraId="28B8CD87" w14:textId="77777777" w:rsidR="00E037D4" w:rsidRDefault="00E037D4" w:rsidP="00C5698F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="440E0451" w14:textId="77777777" w:rsidR="0083332B" w:rsidRDefault="0083332B" w:rsidP="00C5698F">
+    <w:p w14:paraId="380AA664" w14:textId="77777777" w:rsidR="00E037D4" w:rsidRDefault="00E037D4" w:rsidP="00C5698F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
+    <w:altName w:val="Symbol"/>
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
@@ -2337,58 +2349,58 @@
       <w:pStyle w:val="Sangradetextonormal"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="6093"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="0" w:right="-851"/>
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BDD8FEC" w14:textId="77777777" w:rsidR="0083332B" w:rsidRDefault="0083332B" w:rsidP="00C5698F">
+    <w:p w14:paraId="6E9920AA" w14:textId="77777777" w:rsidR="00E037D4" w:rsidRDefault="00E037D4" w:rsidP="00C5698F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54066CDD" w14:textId="77777777" w:rsidR="0083332B" w:rsidRDefault="0083332B" w:rsidP="00C5698F">
+    <w:p w14:paraId="6EAB9EC1" w14:textId="77777777" w:rsidR="00E037D4" w:rsidRDefault="00E037D4" w:rsidP="00C5698F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="0833DB9D" w14:textId="77777777" w:rsidR="00DD33BA" w:rsidRDefault="00DD33BA" w:rsidP="00DD33BA">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:b/>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-PE"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D635DA">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
@@ -2459,51 +2471,51 @@
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+        <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
           <w:pict>
             <v:shapetype w14:anchorId="6EFF63F4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Cuadro de texto 25" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:41.65pt;margin-top:-2.25pt;width:327.2pt;height:21.2pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8zjMPKgIAAFMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4X+ykSbpacaqsVaZJ&#10;UVspnfpMMMTWgMuAxM5+/S7E+VC3p2kv+MK93I9zDp7dd1qRvXC+AVPS4SCnRBgOVWO2Jf3+uvz0&#10;mRIfmKmYAiNKehCe3s8/fpi1thAjqEFVwhFMYnzR2pLWIdgiyzyvhWZ+AFYYdEpwmgXcum1WOdZi&#10;dq2yUZ5PsxZcZR1w4T2ePh6ddJ7ySyl4eJbSi0BUSbG3kFaX1k1cs/mMFVvHbN3wvg32D11o1hgs&#10;ek71yAIjO9f8kUo33IEHGQYcdAZSNlykGXCaYf5umnXNrEizIDjenmHy/y8tf9qv7YsjofsCHRKY&#10;hvB2BfyHR2yy1vqij4mY+sJjdBy0k07HL45A8CJiezjjKbpAOB6Oh5PJ7fiGEo6+0fRuNE6AZ5fb&#10;1vnwVYAm0SipQ75SB2y/8iHWZ8UpJBYzsGyUSpwpQ9qSTm8mebpw9uANZWKsSOz3aS6dRyt0mw6T&#10;RHMD1QHHd3BUhrd82WArK+bDC3MoBRwM5R2ecZEKsCT0FiU1uF9/O4/xyBB6KWlRWiX1P3fMCUrU&#10;N4Pc3Q3HCAQJaTOe3I5w4649m2uP2ekHQPUO8SFZnswYH9TJlA70G76CRayKLmY41i7p5mQ+hKPg&#10;8RVxsVikIFSfZWFl1pafWI9Av3ZvzNmejYA8PsFJhKx4R8ox9kjLYhdANomxC6q9fFC5icj+lcWn&#10;cb1PUZd/wfw3AAAA//8DAFBLAwQUAAYACAAAACEA1t8f+eAAAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VI3FoHTEkb4lSoUsUJiRaqqjcn3sYR8TqK3ST8PeZUjqMZzbzJ15Nt&#10;2YC9bxxJeJgnwJAqpxuqJXx9bmdLYD4o0qp1hBJ+0MO6uL3JVabdSDsc9qFmsYR8piSYELqMc18Z&#10;tMrPXYcUvbPrrQpR9jXXvRpjuW35Y5I8c6saigtGdbgxWH3vL1bCyS5Kf95U2/fD8DYeduL4Yeqj&#10;lPd30+sLsIBTuIbhDz+iQxGZSnch7VkrYSlETEqYPS2ART8VaQqslCDSFfAi5/8PFL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAPM4zDyoCAABTBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1t8f+eAAAAAIAQAADwAAAAAAAAAAAAAAAACEBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="38A9F35B" w14:textId="77777777" w:rsidR="00DD33BA" w:rsidRPr="00447F1C" w:rsidRDefault="00DD33BA" w:rsidP="00DD33BA">
                     <w:pPr>
                       <w:pStyle w:val="Encabezado"/>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00447F1C">
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>GERENCIA DE GESTION DEL RIESGO DE DESASTRES</w:t>
                     </w:r>
@@ -2590,51 +2602,51 @@
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t>GERENCIA DE GESTION DEL RIESGO DE DESASTRES</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+        <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
           <w:pict>
             <v:shape w14:anchorId="67219B87" id="Cuadro de texto 26" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:42.7pt;margin-top:7.15pt;width:341.65pt;height:19.5pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+q7agKwIAAFoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5x3WyNOkbXIMCBo&#10;C6RDz4osxcJkUZOU2NmvH6U4j3U7DbvIFEnx9X307L6tNdkL5xWYgg56fUqE4VAqsy3ot9flp1tK&#10;fGCmZBqMKOhBeHo///hh1thcDKECXQpHMIjxeWMLWoVg8yzzvBI18z2wwqBRgqtZwKvbZqVjDUav&#10;dTbs96dZA660DrjwHrWPRyOdp/hSCh6epfQiEF1QrC2k06VzE89sPmP51jFbKd6Vwf6hipopg0nP&#10;oR5ZYGTn1B+hasUdeJChx6HOQErFReoBuxn033WzrpgVqRccjrfnMfn/F5Y/7df2xZHQfoYWAUxN&#10;eLsC/t3jbLLG+rzziTP1uUfv2GgrXR2/2ALBhzjbw3meog2Eo3I8Gt3eTSaUcLQNxzfTSRp4dnlt&#10;nQ9fBNQkCgV1iFeqgO1XPsT8LD+5xGQGlkrrhJk2pCnodIQhf7PgC22iRiT0uzCXyqMU2k1LVBnb&#10;xVhRs4HygFNwcCSIt3ypsKIV8+GFOWQE9ocsD894SA2YGTqJkgrcz7/poz8ChVZKGmRYQf2PHXOC&#10;Ev3VIIR3g/E4UjJdxpObIV7ctWVzbTG7+gGQxAPcJ8uTGP2DPonSQf2Gy7CIWdHEDMfcBd2cxIdw&#10;5D0uExeLRXJCEloWVmZt+Qn8OO/X9o0524ESEM4nOHGR5e+wOfoeMVjsAkiVgLtMtWMREjjh2S1b&#10;3JDre/K6/BLmvwAAAP//AwBQSwMEFAAGAAgAAAAhADvd+DjfAAAACAEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FLw0AQhe+C/2EZwZvdaJo2xGyKFIonwVZL8bZJptlgdjZkt0n8944ne3zzHu99k29m&#10;24kRB986UvC4iEAgVa5uqVHw+bF7SEH4oKnWnSNU8IMeNsXtTa6z2k20x/EQGsEl5DOtwITQZ1L6&#10;yqDVfuF6JPbObrA6sBwaWQ964nLbyacoWkmrW+IFo3vcGqy+Dxer4MsmpT9vq93bcXydjvv49G6a&#10;k1L3d/PLM4iAc/gPwx8+o0PBTKW7UO1FpyBNlpzk+zIGwf56la5BlAqSOAZZ5PL6geIXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEA/qu2oCsCAABaBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAO934ON8AAAAIAQAADwAAAAAAAAAAAAAAAACFBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="5073694D" w14:textId="77777777" w:rsidR="00DD33BA" w:rsidRPr="00447F1C" w:rsidRDefault="00DD33BA" w:rsidP="00DD33BA">
                     <w:pPr>
                       <w:pStyle w:val="Encabezado"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00447F1C">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                         <w:noProof/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t>GERENCIA DE GESTION DEL RIESGO DE DESASTRES</w:t>
                     </w:r>
                   </w:p>
@@ -4210,50 +4222,51 @@
     <w:rsid w:val="001E1C55"/>
     <w:rsid w:val="001E2748"/>
     <w:rsid w:val="001F5FD1"/>
     <w:rsid w:val="00205720"/>
     <w:rsid w:val="00211298"/>
     <w:rsid w:val="002448FC"/>
     <w:rsid w:val="002523E9"/>
     <w:rsid w:val="0025397F"/>
     <w:rsid w:val="002658C0"/>
     <w:rsid w:val="00274C3F"/>
     <w:rsid w:val="00284DBA"/>
     <w:rsid w:val="002B3BCE"/>
     <w:rsid w:val="002B5DC0"/>
     <w:rsid w:val="002C511C"/>
     <w:rsid w:val="002C775E"/>
     <w:rsid w:val="002D34ED"/>
     <w:rsid w:val="002D5F16"/>
     <w:rsid w:val="002E1C6A"/>
     <w:rsid w:val="002F34EC"/>
     <w:rsid w:val="002F5F3E"/>
     <w:rsid w:val="0030497A"/>
     <w:rsid w:val="00305709"/>
     <w:rsid w:val="00321FAA"/>
     <w:rsid w:val="0032761F"/>
     <w:rsid w:val="003305CD"/>
+    <w:rsid w:val="0033416C"/>
     <w:rsid w:val="00336A54"/>
     <w:rsid w:val="00346546"/>
     <w:rsid w:val="0034695A"/>
     <w:rsid w:val="003527AD"/>
     <w:rsid w:val="00355DF4"/>
     <w:rsid w:val="00361942"/>
     <w:rsid w:val="00376D99"/>
     <w:rsid w:val="0038180E"/>
     <w:rsid w:val="00386379"/>
     <w:rsid w:val="0038752D"/>
     <w:rsid w:val="00387DF6"/>
     <w:rsid w:val="00390141"/>
     <w:rsid w:val="0039402C"/>
     <w:rsid w:val="003A1B97"/>
     <w:rsid w:val="003A67D6"/>
     <w:rsid w:val="003B668E"/>
     <w:rsid w:val="003C1EF4"/>
     <w:rsid w:val="003D6214"/>
     <w:rsid w:val="003E1233"/>
     <w:rsid w:val="003F51F2"/>
     <w:rsid w:val="003F52A8"/>
     <w:rsid w:val="003F5C5A"/>
     <w:rsid w:val="003F6DCB"/>
     <w:rsid w:val="003F7B6B"/>
     <w:rsid w:val="004010C4"/>
@@ -4461,50 +4474,51 @@
     <w:rsid w:val="00CF12BC"/>
     <w:rsid w:val="00CF2532"/>
     <w:rsid w:val="00D06416"/>
     <w:rsid w:val="00D213E9"/>
     <w:rsid w:val="00D25179"/>
     <w:rsid w:val="00D44CDC"/>
     <w:rsid w:val="00D611CB"/>
     <w:rsid w:val="00D6120B"/>
     <w:rsid w:val="00D649D2"/>
     <w:rsid w:val="00D80C77"/>
     <w:rsid w:val="00D92E64"/>
     <w:rsid w:val="00DA1230"/>
     <w:rsid w:val="00DA392A"/>
     <w:rsid w:val="00DB04F4"/>
     <w:rsid w:val="00DB0654"/>
     <w:rsid w:val="00DB6CC2"/>
     <w:rsid w:val="00DB7BB6"/>
     <w:rsid w:val="00DB7F9F"/>
     <w:rsid w:val="00DC2B99"/>
     <w:rsid w:val="00DC6544"/>
     <w:rsid w:val="00DD2FA4"/>
     <w:rsid w:val="00DD33BA"/>
     <w:rsid w:val="00DD3F4A"/>
     <w:rsid w:val="00DE701F"/>
     <w:rsid w:val="00DF68ED"/>
+    <w:rsid w:val="00E037D4"/>
     <w:rsid w:val="00E12685"/>
     <w:rsid w:val="00E16DC3"/>
     <w:rsid w:val="00E25684"/>
     <w:rsid w:val="00E4243E"/>
     <w:rsid w:val="00E43C1C"/>
     <w:rsid w:val="00E93AE4"/>
     <w:rsid w:val="00EC0ED5"/>
     <w:rsid w:val="00EC36EA"/>
     <w:rsid w:val="00F25B3C"/>
     <w:rsid w:val="00F279E4"/>
     <w:rsid w:val="00F32337"/>
     <w:rsid w:val="00F3367A"/>
     <w:rsid w:val="00F36B3B"/>
     <w:rsid w:val="00F4078E"/>
     <w:rsid w:val="00F52EDB"/>
     <w:rsid w:val="00F71E4C"/>
     <w:rsid w:val="00F92C16"/>
     <w:rsid w:val="00FA0803"/>
     <w:rsid w:val="00FC4A44"/>
     <w:rsid w:val="00FC68E4"/>
     <w:rsid w:val="00FD3D59"/>
     <w:rsid w:val="00FE6583"/>
     <w:rsid w:val="00FF5EDC"/>
     <w:rsid w:val="00FF78D6"/>
     <w:rsid w:val="00FF7C34"/>
@@ -5670,51 +5684,51 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E66218A-A0F7-4F70-A205-1C64B086D41C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D828A2B2-656A-4EDE-BFC9-B57345FBB379}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>323</Words>
   <Characters>1778</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>