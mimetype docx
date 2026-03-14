--- v1 (2026-01-15)
+++ v2 (2026-03-14)
@@ -1335,132 +1335,122 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F4B12D1" w14:textId="18DD852B" w:rsidR="00F25B3C" w:rsidRPr="00F25B3C" w:rsidRDefault="002C775E" w:rsidP="0033416C">
+          <w:p w14:paraId="7F4B12D1" w14:textId="2072B8A5" w:rsidR="00F25B3C" w:rsidRPr="00F25B3C" w:rsidRDefault="002C775E" w:rsidP="00601B1E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="0039402C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="0090269B" w:rsidRPr="00F25B3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="00601B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="0090269B" w:rsidRPr="00F25B3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00601B1E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="0090269B" w:rsidRPr="00F25B3C">
-[...18 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F25B3C" w:rsidRPr="00F25B3C" w14:paraId="0E25221F" w14:textId="77777777" w:rsidTr="00F25B3C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5B05AA90" w14:textId="77777777" w:rsidR="00F25B3C" w:rsidRPr="00F25B3C" w:rsidRDefault="00F25B3C" w:rsidP="00F25B3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -1565,51 +1555,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65FE9762" w14:textId="77777777" w:rsidR="00F25B3C" w:rsidRPr="008A1024" w:rsidRDefault="00E037D4" w:rsidP="00F25B3C">
+          <w:p w14:paraId="65FE9762" w14:textId="77777777" w:rsidR="00F25B3C" w:rsidRPr="008A1024" w:rsidRDefault="00A20A96" w:rsidP="00F25B3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="0563C1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US" w:eastAsia="es-PE"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidR="00F25B3C" w:rsidRPr="008A1024">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="en-US" w:eastAsia="es-PE"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
@@ -2045,150 +2035,148 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
               </w:rPr>
               <w:t>Correo de contacto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="358D8CAF" w14:textId="77777777" w:rsidR="00F25B3C" w:rsidRPr="00F25B3C" w:rsidRDefault="00E037D4" w:rsidP="00F25B3C">
+          <w:p w14:paraId="358D8CAF" w14:textId="77777777" w:rsidR="00F25B3C" w:rsidRPr="00F25B3C" w:rsidRDefault="00A20A96" w:rsidP="00F25B3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="0563C1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidR="00F25B3C" w:rsidRPr="00F25B3C">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
                 </w:rPr>
                 <w:t>dgutierrez@munlima.gob.pe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="465D3EA5" w14:textId="77777777" w:rsidR="00DD2FA4" w:rsidRPr="00F25B3C" w:rsidRDefault="00DD2FA4" w:rsidP="00F25B3C"/>
     <w:sectPr w:rsidR="00DD2FA4" w:rsidRPr="00F25B3C" w:rsidSect="001D4E34">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1701" w:bottom="1418" w:left="1701" w:header="709" w:footer="680" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28B8CD87" w14:textId="77777777" w:rsidR="00E037D4" w:rsidRDefault="00E037D4" w:rsidP="00C5698F">
+    <w:p w14:paraId="5EFC7A1A" w14:textId="77777777" w:rsidR="00A20A96" w:rsidRDefault="00A20A96" w:rsidP="00C5698F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="380AA664" w14:textId="77777777" w:rsidR="00E037D4" w:rsidRDefault="00E037D4" w:rsidP="00C5698F">
+    <w:p w14:paraId="70AEE2D4" w14:textId="77777777" w:rsidR="00A20A96" w:rsidRDefault="00A20A96" w:rsidP="00C5698F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
-    <w:altName w:val="Symbol"/>
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
@@ -2349,58 +2337,58 @@
       <w:pStyle w:val="Sangradetextonormal"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="6093"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="0" w:right="-851"/>
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E9920AA" w14:textId="77777777" w:rsidR="00E037D4" w:rsidRDefault="00E037D4" w:rsidP="00C5698F">
+    <w:p w14:paraId="4810D442" w14:textId="77777777" w:rsidR="00A20A96" w:rsidRDefault="00A20A96" w:rsidP="00C5698F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6EAB9EC1" w14:textId="77777777" w:rsidR="00E037D4" w:rsidRDefault="00E037D4" w:rsidP="00C5698F">
+    <w:p w14:paraId="02BB23A2" w14:textId="77777777" w:rsidR="00A20A96" w:rsidRDefault="00A20A96" w:rsidP="00C5698F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="0833DB9D" w14:textId="77777777" w:rsidR="00DD33BA" w:rsidRDefault="00DD33BA" w:rsidP="00DD33BA">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:b/>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-PE"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D635DA">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-PE" w:eastAsia="es-PE"/>
@@ -2471,51 +2459,51 @@
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+        <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
           <w:pict>
             <v:shapetype w14:anchorId="6EFF63F4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Cuadro de texto 25" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:41.65pt;margin-top:-2.25pt;width:327.2pt;height:21.2pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8zjMPKgIAAFMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4X+ykSbpacaqsVaZJ&#10;UVspnfpMMMTWgMuAxM5+/S7E+VC3p2kv+MK93I9zDp7dd1qRvXC+AVPS4SCnRBgOVWO2Jf3+uvz0&#10;mRIfmKmYAiNKehCe3s8/fpi1thAjqEFVwhFMYnzR2pLWIdgiyzyvhWZ+AFYYdEpwmgXcum1WOdZi&#10;dq2yUZ5PsxZcZR1w4T2ePh6ddJ7ySyl4eJbSi0BUSbG3kFaX1k1cs/mMFVvHbN3wvg32D11o1hgs&#10;ek71yAIjO9f8kUo33IEHGQYcdAZSNlykGXCaYf5umnXNrEizIDjenmHy/y8tf9qv7YsjofsCHRKY&#10;hvB2BfyHR2yy1vqij4mY+sJjdBy0k07HL45A8CJiezjjKbpAOB6Oh5PJ7fiGEo6+0fRuNE6AZ5fb&#10;1vnwVYAm0SipQ75SB2y/8iHWZ8UpJBYzsGyUSpwpQ9qSTm8mebpw9uANZWKsSOz3aS6dRyt0mw6T&#10;RHMD1QHHd3BUhrd82WArK+bDC3MoBRwM5R2ecZEKsCT0FiU1uF9/O4/xyBB6KWlRWiX1P3fMCUrU&#10;N4Pc3Q3HCAQJaTOe3I5w4649m2uP2ekHQPUO8SFZnswYH9TJlA70G76CRayKLmY41i7p5mQ+hKPg&#10;8RVxsVikIFSfZWFl1pafWI9Av3ZvzNmejYA8PsFJhKx4R8ox9kjLYhdANomxC6q9fFC5icj+lcWn&#10;cb1PUZd/wfw3AAAA//8DAFBLAwQUAAYACAAAACEA1t8f+eAAAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VI3FoHTEkb4lSoUsUJiRaqqjcn3sYR8TqK3ST8PeZUjqMZzbzJ15Nt&#10;2YC9bxxJeJgnwJAqpxuqJXx9bmdLYD4o0qp1hBJ+0MO6uL3JVabdSDsc9qFmsYR8piSYELqMc18Z&#10;tMrPXYcUvbPrrQpR9jXXvRpjuW35Y5I8c6saigtGdbgxWH3vL1bCyS5Kf95U2/fD8DYeduL4Yeqj&#10;lPd30+sLsIBTuIbhDz+iQxGZSnch7VkrYSlETEqYPS2ART8VaQqslCDSFfAi5/8PFL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAPM4zDyoCAABTBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1t8f+eAAAAAIAQAADwAAAAAAAAAAAAAAAACEBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="38A9F35B" w14:textId="77777777" w:rsidR="00DD33BA" w:rsidRPr="00447F1C" w:rsidRDefault="00DD33BA" w:rsidP="00DD33BA">
                     <w:pPr>
                       <w:pStyle w:val="Encabezado"/>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00447F1C">
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>GERENCIA DE GESTION DEL RIESGO DE DESASTRES</w:t>
                     </w:r>
@@ -2602,51 +2590,51 @@
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t>GERENCIA DE GESTION DEL RIESGO DE DESASTRES</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+        <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
           <w:pict>
             <v:shape w14:anchorId="67219B87" id="Cuadro de texto 26" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:42.7pt;margin-top:7.15pt;width:341.65pt;height:19.5pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+q7agKwIAAFoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5x3WyNOkbXIMCBo&#10;C6RDz4osxcJkUZOU2NmvH6U4j3U7DbvIFEnx9X307L6tNdkL5xWYgg56fUqE4VAqsy3ot9flp1tK&#10;fGCmZBqMKOhBeHo///hh1thcDKECXQpHMIjxeWMLWoVg8yzzvBI18z2wwqBRgqtZwKvbZqVjDUav&#10;dTbs96dZA660DrjwHrWPRyOdp/hSCh6epfQiEF1QrC2k06VzE89sPmP51jFbKd6Vwf6hipopg0nP&#10;oR5ZYGTn1B+hasUdeJChx6HOQErFReoBuxn033WzrpgVqRccjrfnMfn/F5Y/7df2xZHQfoYWAUxN&#10;eLsC/t3jbLLG+rzziTP1uUfv2GgrXR2/2ALBhzjbw3meog2Eo3I8Gt3eTSaUcLQNxzfTSRp4dnlt&#10;nQ9fBNQkCgV1iFeqgO1XPsT8LD+5xGQGlkrrhJk2pCnodIQhf7PgC22iRiT0uzCXyqMU2k1LVBnb&#10;xVhRs4HygFNwcCSIt3ypsKIV8+GFOWQE9ocsD894SA2YGTqJkgrcz7/poz8ChVZKGmRYQf2PHXOC&#10;Ev3VIIR3g/E4UjJdxpObIV7ctWVzbTG7+gGQxAPcJ8uTGP2DPonSQf2Gy7CIWdHEDMfcBd2cxIdw&#10;5D0uExeLRXJCEloWVmZt+Qn8OO/X9o0524ESEM4nOHGR5e+wOfoeMVjsAkiVgLtMtWMREjjh2S1b&#10;3JDre/K6/BLmvwAAAP//AwBQSwMEFAAGAAgAAAAhADvd+DjfAAAACAEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FLw0AQhe+C/2EZwZvdaJo2xGyKFIonwVZL8bZJptlgdjZkt0n8944ne3zzHu99k29m&#10;24kRB986UvC4iEAgVa5uqVHw+bF7SEH4oKnWnSNU8IMeNsXtTa6z2k20x/EQGsEl5DOtwITQZ1L6&#10;yqDVfuF6JPbObrA6sBwaWQ964nLbyacoWkmrW+IFo3vcGqy+Dxer4MsmpT9vq93bcXydjvv49G6a&#10;k1L3d/PLM4iAc/gPwx8+o0PBTKW7UO1FpyBNlpzk+zIGwf56la5BlAqSOAZZ5PL6geIXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEA/qu2oCsCAABaBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAO934ON8AAAAIAQAADwAAAAAAAAAAAAAAAACFBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="5073694D" w14:textId="77777777" w:rsidR="00DD33BA" w:rsidRPr="00447F1C" w:rsidRDefault="00DD33BA" w:rsidP="00DD33BA">
                     <w:pPr>
                       <w:pStyle w:val="Encabezado"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00447F1C">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                         <w:noProof/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t>GERENCIA DE GESTION DEL RIESGO DE DESASTRES</w:t>
                     </w:r>
                   </w:p>
@@ -4128,51 +4116,51 @@
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C5698F"/>
@@ -4294,50 +4282,51 @@
     <w:rsid w:val="004D57D1"/>
     <w:rsid w:val="004E4BD8"/>
     <w:rsid w:val="00506D09"/>
     <w:rsid w:val="00514609"/>
     <w:rsid w:val="0051528A"/>
     <w:rsid w:val="00542405"/>
     <w:rsid w:val="005433B7"/>
     <w:rsid w:val="0054358C"/>
     <w:rsid w:val="00545123"/>
     <w:rsid w:val="005506C0"/>
     <w:rsid w:val="00551B20"/>
     <w:rsid w:val="00561151"/>
     <w:rsid w:val="005648E6"/>
     <w:rsid w:val="00565346"/>
     <w:rsid w:val="0056787D"/>
     <w:rsid w:val="005842E2"/>
     <w:rsid w:val="00585A36"/>
     <w:rsid w:val="005B54E9"/>
     <w:rsid w:val="005C6196"/>
     <w:rsid w:val="005C72C6"/>
     <w:rsid w:val="005C7D96"/>
     <w:rsid w:val="005D0C17"/>
     <w:rsid w:val="005E66DA"/>
     <w:rsid w:val="005F34E8"/>
     <w:rsid w:val="005F6988"/>
+    <w:rsid w:val="00601B1E"/>
     <w:rsid w:val="00604EE8"/>
     <w:rsid w:val="006146E0"/>
     <w:rsid w:val="00625548"/>
     <w:rsid w:val="0062647D"/>
     <w:rsid w:val="00630BB2"/>
     <w:rsid w:val="00630FE0"/>
     <w:rsid w:val="006326F5"/>
     <w:rsid w:val="00632FA4"/>
     <w:rsid w:val="0064263C"/>
     <w:rsid w:val="00653A43"/>
     <w:rsid w:val="0065651C"/>
     <w:rsid w:val="00656FE8"/>
     <w:rsid w:val="00657E30"/>
     <w:rsid w:val="00660E2B"/>
     <w:rsid w:val="0066236E"/>
     <w:rsid w:val="00667739"/>
     <w:rsid w:val="00667F17"/>
     <w:rsid w:val="0068312A"/>
     <w:rsid w:val="006A0296"/>
     <w:rsid w:val="006A3E93"/>
     <w:rsid w:val="006C07B2"/>
     <w:rsid w:val="006E04FB"/>
     <w:rsid w:val="006E24AD"/>
     <w:rsid w:val="006E7504"/>
     <w:rsid w:val="006F2A85"/>
@@ -4384,56 +4373,58 @@
     <w:rsid w:val="008B4B7E"/>
     <w:rsid w:val="008C547C"/>
     <w:rsid w:val="008D5312"/>
     <w:rsid w:val="008E3384"/>
     <w:rsid w:val="008E77C5"/>
     <w:rsid w:val="008F08A9"/>
     <w:rsid w:val="008F24E5"/>
     <w:rsid w:val="008F2BAB"/>
     <w:rsid w:val="00901EDE"/>
     <w:rsid w:val="0090269B"/>
     <w:rsid w:val="00912E1D"/>
     <w:rsid w:val="00922AAC"/>
     <w:rsid w:val="00926E22"/>
     <w:rsid w:val="00931322"/>
     <w:rsid w:val="00932557"/>
     <w:rsid w:val="00934118"/>
     <w:rsid w:val="009407C2"/>
     <w:rsid w:val="009415D0"/>
     <w:rsid w:val="00955696"/>
     <w:rsid w:val="00960377"/>
     <w:rsid w:val="00967584"/>
     <w:rsid w:val="00974167"/>
     <w:rsid w:val="0097616B"/>
     <w:rsid w:val="00981A42"/>
     <w:rsid w:val="0099698D"/>
+    <w:rsid w:val="009A2C63"/>
     <w:rsid w:val="009A304A"/>
     <w:rsid w:val="009A7208"/>
     <w:rsid w:val="009C2CFD"/>
     <w:rsid w:val="009C390C"/>
     <w:rsid w:val="009E4200"/>
     <w:rsid w:val="00A108F6"/>
+    <w:rsid w:val="00A20A96"/>
     <w:rsid w:val="00A20D7D"/>
     <w:rsid w:val="00A276BF"/>
     <w:rsid w:val="00A3584F"/>
     <w:rsid w:val="00A35B23"/>
     <w:rsid w:val="00A5177F"/>
     <w:rsid w:val="00A532A1"/>
     <w:rsid w:val="00A5490F"/>
     <w:rsid w:val="00A669CB"/>
     <w:rsid w:val="00A95476"/>
     <w:rsid w:val="00A95C11"/>
     <w:rsid w:val="00A97616"/>
     <w:rsid w:val="00AA1164"/>
     <w:rsid w:val="00AA1C1F"/>
     <w:rsid w:val="00AA5033"/>
     <w:rsid w:val="00AB3E34"/>
     <w:rsid w:val="00AB6995"/>
     <w:rsid w:val="00AC2B45"/>
     <w:rsid w:val="00AC77C8"/>
     <w:rsid w:val="00AD0A38"/>
     <w:rsid w:val="00AE1441"/>
     <w:rsid w:val="00AF26CA"/>
     <w:rsid w:val="00B0102B"/>
     <w:rsid w:val="00B168D3"/>
     <w:rsid w:val="00B27B46"/>
     <w:rsid w:val="00B400AA"/>
@@ -5684,51 +5675,51 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D828A2B2-656A-4EDE-BFC9-B57345FBB379}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41EA56BB-741F-49AA-91BF-A35CC06A99BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>323</Words>
   <Characters>1778</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>