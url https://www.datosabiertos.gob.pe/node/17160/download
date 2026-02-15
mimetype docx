--- v0 (2025-11-20)
+++ v1 (2026-02-15)
@@ -726,70 +726,68 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="68349E6A" w:rsidR="00CD25C2" w:rsidRDefault="00E96F19" w:rsidP="0016303C">
+          <w:p w14:paraId="1B051219" w14:textId="691691DB" w:rsidR="00CD25C2" w:rsidRDefault="007F25D4" w:rsidP="0016303C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>2025-10</w:t>
+              <w:t>2025-11</w:t>
             </w:r>
             <w:r w:rsidR="00AC363D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>-12</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59316C5D" w14:textId="137D6F15" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
@@ -828,51 +826,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRDefault="00E96F19" w:rsidP="00CD25C2">
+          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRDefault="006F3CEA" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidR="00CD25C2" w:rsidRPr="009F0CA5">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:color w:val="0A77BD"/>
                   <w:kern w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="50813B98" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -1064,88 +1062,90 @@
           <w:p w14:paraId="14C8EAEF" w14:textId="0A3D3873" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">Cobertura </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29A0014F" w14:textId="4D84C93D" w:rsidR="00CD25C2" w:rsidRDefault="00DF5268" w:rsidP="00CD25C2">
+          <w:p w14:paraId="29A0014F" w14:textId="67C069DE" w:rsidR="00CD25C2" w:rsidRDefault="00DF5268" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Peru</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Lima </w:t>
             </w:r>
             <w:r w:rsidR="00F46F7C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lima</w:t>
             </w:r>
-            <w:r w:rsidR="00F46F7C">
-[...4 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="006F3CEA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 2025</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="494AA20C" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E758B40" w14:textId="2431496E" w:rsidR="00CD25C2" w:rsidRPr="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD25C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Correo de contacto</w:t>
             </w:r>
           </w:p>
@@ -1168,78 +1168,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E6576BC" w14:textId="27AFAEE5" w:rsidR="009F0CA5" w:rsidRDefault="009F0CA5" w:rsidP="00AC363D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009F0CA5" w:rsidSect="003E4836">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
+    <w:altName w:val="Symbol"/>
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="2A611634"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4B0CD6E"/>
     <w:lvl w:ilvl="0" w:tplc="280A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -1855,56 +1857,58 @@
     <w:rsid w:val="002A3716"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="003461EA"/>
     <w:rsid w:val="0035714E"/>
     <w:rsid w:val="003651A0"/>
     <w:rsid w:val="0038379C"/>
     <w:rsid w:val="003C04FB"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E4836"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="0049625E"/>
     <w:rsid w:val="004A6273"/>
     <w:rsid w:val="004F1D9B"/>
     <w:rsid w:val="00502523"/>
     <w:rsid w:val="00504D0A"/>
     <w:rsid w:val="0053263F"/>
     <w:rsid w:val="00574D21"/>
     <w:rsid w:val="005F2C43"/>
     <w:rsid w:val="006273AC"/>
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00645B69"/>
     <w:rsid w:val="00647FB5"/>
     <w:rsid w:val="00663059"/>
     <w:rsid w:val="00682CD5"/>
+    <w:rsid w:val="006F3CEA"/>
     <w:rsid w:val="0070589E"/>
     <w:rsid w:val="00717CED"/>
     <w:rsid w:val="007457FD"/>
     <w:rsid w:val="007505CF"/>
     <w:rsid w:val="007840A6"/>
     <w:rsid w:val="007C6844"/>
+    <w:rsid w:val="007F25D4"/>
     <w:rsid w:val="00811D3F"/>
     <w:rsid w:val="00876384"/>
     <w:rsid w:val="00882555"/>
     <w:rsid w:val="00904DBB"/>
     <w:rsid w:val="00933C1B"/>
     <w:rsid w:val="009379D2"/>
     <w:rsid w:val="0095347C"/>
     <w:rsid w:val="0095653D"/>
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
     <w:rsid w:val="009F0CA5"/>
     <w:rsid w:val="00A85251"/>
     <w:rsid w:val="00AC363D"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B42042"/>
     <w:rsid w:val="00B6616D"/>
     <w:rsid w:val="00BE2CC3"/>
     <w:rsid w:val="00C36EEF"/>
     <w:rsid w:val="00C7105B"/>
     <w:rsid w:val="00C961F8"/>
     <w:rsid w:val="00CA03E5"/>
     <w:rsid w:val="00CD25C2"/>
     <w:rsid w:val="00CF253A"/>
     <w:rsid w:val="00D00322"/>