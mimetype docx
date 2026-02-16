--- v1 (2026-02-15)
+++ v2 (2026-02-16)
@@ -726,61 +726,73 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="691691DB" w:rsidR="00CD25C2" w:rsidRDefault="007F25D4" w:rsidP="0016303C">
+          <w:p w14:paraId="1B051219" w14:textId="3DF84589" w:rsidR="00CD25C2" w:rsidRDefault="00925D5A" w:rsidP="00925D5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>2025-11</w:t>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC363D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00AC363D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59316C5D" w14:textId="137D6F15" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -826,51 +838,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRDefault="006F3CEA" w:rsidP="00CD25C2">
+          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRDefault="00925D5A" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidR="00CD25C2" w:rsidRPr="009F0CA5">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:color w:val="0A77BD"/>
                   <w:kern w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="50813B98" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -1062,186 +1074,184 @@
           <w:p w14:paraId="14C8EAEF" w14:textId="0A3D3873" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">Cobertura </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29A0014F" w14:textId="67C069DE" w:rsidR="00CD25C2" w:rsidRDefault="00DF5268" w:rsidP="00CD25C2">
+          <w:p w14:paraId="29A0014F" w14:textId="2FBF4753" w:rsidR="00CD25C2" w:rsidRDefault="00DF5268" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Peru</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Lima </w:t>
             </w:r>
             <w:r w:rsidR="00F46F7C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lima</w:t>
             </w:r>
-            <w:r w:rsidR="006F3CEA">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> - 2025</w:t>
+            <w:r w:rsidR="00925D5A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD25C2" w14:paraId="494AA20C" w14:textId="77777777" w:rsidTr="00504D0A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E758B40" w14:textId="2431496E" w:rsidR="00CD25C2" w:rsidRPr="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD25C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Correo de contacto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E87C2D7" w14:textId="536239C8" w:rsidR="00CD25C2" w:rsidRDefault="00A85251" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>flor.jibaja@munlima.gob.pe</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-          </w:p>
-[...40 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E6576BC" w14:textId="27AFAEE5" w:rsidR="009F0CA5" w:rsidRDefault="009F0CA5" w:rsidP="00AC363D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009F0CA5" w:rsidSect="003E4836">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
-    <w:altName w:val="Symbol"/>
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="2A611634"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4B0CD6E"/>
     <w:lvl w:ilvl="0" w:tplc="280A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -1807,141 +1817,137 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="000C4B00"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00116F57"/>
-    <w:rsid w:val="0016303C"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="002031C5"/>
     <w:rsid w:val="0020585A"/>
-    <w:rsid w:val="00260659"/>
     <w:rsid w:val="0027054D"/>
     <w:rsid w:val="00285EDD"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="002A3716"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="003461EA"/>
     <w:rsid w:val="0035714E"/>
     <w:rsid w:val="003651A0"/>
     <w:rsid w:val="0038379C"/>
     <w:rsid w:val="003C04FB"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E4836"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="0049625E"/>
     <w:rsid w:val="004A6273"/>
     <w:rsid w:val="004F1D9B"/>
     <w:rsid w:val="00502523"/>
     <w:rsid w:val="00504D0A"/>
     <w:rsid w:val="0053263F"/>
     <w:rsid w:val="00574D21"/>
     <w:rsid w:val="005F2C43"/>
     <w:rsid w:val="006273AC"/>
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00645B69"/>
     <w:rsid w:val="00647FB5"/>
     <w:rsid w:val="00663059"/>
     <w:rsid w:val="00682CD5"/>
-    <w:rsid w:val="006F3CEA"/>
     <w:rsid w:val="0070589E"/>
     <w:rsid w:val="00717CED"/>
     <w:rsid w:val="007457FD"/>
     <w:rsid w:val="007505CF"/>
     <w:rsid w:val="007840A6"/>
     <w:rsid w:val="007C6844"/>
-    <w:rsid w:val="007F25D4"/>
     <w:rsid w:val="00811D3F"/>
     <w:rsid w:val="00876384"/>
     <w:rsid w:val="00882555"/>
     <w:rsid w:val="00904DBB"/>
+    <w:rsid w:val="00925D5A"/>
     <w:rsid w:val="00933C1B"/>
     <w:rsid w:val="009379D2"/>
     <w:rsid w:val="0095347C"/>
     <w:rsid w:val="0095653D"/>
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
     <w:rsid w:val="009F0CA5"/>
     <w:rsid w:val="00A85251"/>
     <w:rsid w:val="00AC363D"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B42042"/>
     <w:rsid w:val="00B6616D"/>
     <w:rsid w:val="00BE2CC3"/>
     <w:rsid w:val="00C36EEF"/>
     <w:rsid w:val="00C7105B"/>
     <w:rsid w:val="00C961F8"/>
     <w:rsid w:val="00CA03E5"/>
     <w:rsid w:val="00CD25C2"/>
     <w:rsid w:val="00CF253A"/>
     <w:rsid w:val="00D00322"/>
     <w:rsid w:val="00D1314D"/>
     <w:rsid w:val="00D269D2"/>
     <w:rsid w:val="00D5559D"/>
     <w:rsid w:val="00D9001A"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
     <w:rsid w:val="00DF5268"/>
-    <w:rsid w:val="00E96F19"/>
     <w:rsid w:val="00EB1A82"/>
     <w:rsid w:val="00EB70F3"/>
     <w:rsid w:val="00EC07E6"/>
     <w:rsid w:val="00EC444B"/>
     <w:rsid w:val="00EC7A87"/>
     <w:rsid w:val="00EE5153"/>
     <w:rsid w:val="00F1229D"/>
     <w:rsid w:val="00F46F7C"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00FA048A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>