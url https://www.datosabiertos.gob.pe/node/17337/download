--- v0 (2025-11-20)
+++ v1 (2026-01-16)
@@ -2,70 +2,70 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\SEGDI\Datos_Abiertos\Concurso de Reconocimeinto 2024\GDH\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\BK DISCO MECANICO\SEGDI\SEGDI\Datos_Abiertos\Datos_Abiertos_2025\GDH\Certificado\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-105" yWindow="-105" windowWidth="22695" windowHeight="14595"/>
   </bookViews>
   <sheets>
     <sheet name="DiccionarioDatos" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="58">
   <si>
     <t>Variable</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Tipo de dato</t>
   </si>
   <si>
     <t>Tamaño</t>
   </si>
   <si>
     <t>Recurso relacionado</t>
   </si>
   <si>
     <t xml:space="preserve">Información Adicional </t>
   </si>
   <si>
     <t>Numérico</t>
   </si>
   <si>
     <t>Formato: aaaammdd</t>
   </si>
   <si>
@@ -162,111 +162,125 @@
     <t>Texto</t>
   </si>
   <si>
     <t>Alfanumerico</t>
   </si>
   <si>
     <t>FECHA_
 CORTE</t>
   </si>
   <si>
     <t>Catalogo del INEI</t>
   </si>
   <si>
     <t>https://account.geodir.co/recursos/ubigeo-inei-peru.html</t>
   </si>
   <si>
     <t>DEPARTAMENTO</t>
   </si>
   <si>
     <t>PROVINCIA</t>
   </si>
   <si>
     <t>DISTRITO</t>
   </si>
   <si>
-    <t>Campo abierto que se completa en el formulario de solicitud de manera manual</t>
-[...1 lines deleted...]
-  <si>
     <t>Emisión de Certificado de salud de la Municipalidad Metropolitana de Lima - [MML]</t>
   </si>
   <si>
     <t>Numero de Documento de identidad del administrado o Ciudadano, Anonimizado</t>
   </si>
   <si>
     <t>Identificación del Sexo del administrado: Masculino y Femenino</t>
   </si>
   <si>
     <t>Numero de Comprobante de Pago</t>
   </si>
   <si>
     <t>Tiene un valor de 13 soles</t>
   </si>
   <si>
     <t>Dia en que se generó el Dataset</t>
   </si>
   <si>
     <t>Departamento donde se encuentra ubicada la entidad publica</t>
   </si>
   <si>
     <t>Provincia donde se encuentra ubicada la entidad publica</t>
   </si>
   <si>
     <t>Distrito donde se encuentra ubicada la entidad publica</t>
+  </si>
+  <si>
+    <t>CODIGO_UBIGEO</t>
+  </si>
+  <si>
+    <t>Código de ubigeo INEI, donde se encuentra ubicada la entidad pública</t>
+  </si>
+  <si>
+    <t>Alfanumérico</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -276,84 +290,89 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -625,112 +644,112 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://account.geodir.co/recursos/ubigeo-inei-peru.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A2:F24"/>
+  <dimension ref="A2:F25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B16" sqref="B16"/>
+      <selection activeCell="B20" sqref="B20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="84.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.7109375" style="1"/>
-    <col min="5" max="5" width="22.7109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="17.5703125" style="1" customWidth="1"/>
     <col min="6" max="6" width="57.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="16384" width="10.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:6" ht="15" x14ac:dyDescent="0.2">
       <c r="A2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="30" x14ac:dyDescent="0.2">
       <c r="A4" s="8" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="5">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E5" s="4"/>
       <c r="F5" s="10"/>
     </row>
     <row r="6" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>26</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D6" s="5">
         <v>8</v>
       </c>
       <c r="E6" s="4"/>
       <c r="F6" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="9" t="s">
         <v>11</v>
@@ -766,83 +785,83 @@
       <c r="F8" s="4"/>
     </row>
     <row r="9" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D9" s="5">
         <v>8</v>
       </c>
       <c r="E9" s="10"/>
       <c r="F9" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="7" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D10" s="5">
         <v>8</v>
       </c>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
     </row>
     <row r="11" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>38</v>
       </c>
       <c r="D11" s="5">
         <v>10</v>
       </c>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
     </row>
     <row r="12" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="7" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="5">
         <v>9</v>
       </c>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
     </row>
     <row r="13" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D13" s="5">
         <v>8</v>
       </c>
       <c r="E13" s="10"/>
       <c r="F13" s="4" t="s">
@@ -859,227 +878,240 @@
       <c r="C14" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D14" s="5">
         <v>2</v>
       </c>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
     </row>
     <row r="15" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="9" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>33</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="5">
         <v>5</v>
       </c>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
     </row>
-    <row r="16" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="9" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>38</v>
       </c>
       <c r="D16" s="5">
         <v>30</v>
       </c>
       <c r="E16" s="4"/>
-      <c r="F16" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F16" s="7"/>
     </row>
     <row r="17" spans="1:6" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A17" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>39</v>
       </c>
       <c r="D17" s="5">
         <v>50</v>
       </c>
       <c r="E17" s="4"/>
-      <c r="F17" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F17" s="7"/>
     </row>
     <row r="18" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="9" t="s">
         <v>22</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>38</v>
       </c>
       <c r="D18" s="5">
         <v>10</v>
       </c>
       <c r="E18" s="7"/>
       <c r="F18" s="7"/>
     </row>
     <row r="19" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="9" t="s">
         <v>23</v>
       </c>
       <c r="B19" s="7" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D19" s="5">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
     </row>
     <row r="20" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="9" t="s">
         <v>24</v>
       </c>
       <c r="B20" s="10" t="s">
         <v>37</v>
       </c>
       <c r="C20" s="10" t="s">
         <v>6</v>
       </c>
       <c r="D20" s="11">
         <v>2</v>
       </c>
       <c r="E20" s="10"/>
       <c r="F20" s="10" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="9" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>55</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>56</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="D21" s="5">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="F21" s="4" t="s">
+      <c r="F21" s="12" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="9" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B22" s="7" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>38</v>
       </c>
       <c r="D22" s="5">
         <v>4</v>
       </c>
-      <c r="E22" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E22" s="4"/>
       <c r="F22" s="4"/>
     </row>
     <row r="23" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="9" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B23" s="7" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>38</v>
       </c>
       <c r="D23" s="5">
         <v>4</v>
       </c>
-      <c r="E23" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E23" s="4"/>
       <c r="F23" s="4"/>
     </row>
     <row r="24" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B24" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D24" s="5">
+        <v>4</v>
+      </c>
+      <c r="E24" s="4"/>
+      <c r="F24" s="4"/>
+    </row>
+    <row r="25" spans="1:6" ht="15" x14ac:dyDescent="0.25">
+      <c r="A25" s="9" t="s">
         <v>40</v>
       </c>
-      <c r="B24" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D24" s="5">
+      <c r="B25" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D25" s="5">
         <v>8</v>
       </c>
-      <c r="E24" s="4"/>
-      <c r="F24" s="4" t="s">
+      <c r="E25" s="4"/>
+      <c r="F25" s="4" t="s">
         <v>7</v>
       </c>
     </row>
   </sheetData>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <hyperlinks>
+    <hyperlink ref="F21" r:id="rId1"/>
+  </hyperlinks>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.51181102362204722" right="0" top="0" bottom="0" header="0" footer="0"/>
+  <pageSetup paperSize="9" scale="60" orientation="landscape" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DiccionarioDatos</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Alma Fernanda Vera Quea</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>