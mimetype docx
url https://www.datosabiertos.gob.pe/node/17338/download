--- v0 (2025-11-19)
+++ v1 (2026-01-16)
@@ -12,120 +12,122 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="2B2CF1CA" w14:textId="6F435A65" w:rsidR="0095347C" w:rsidRPr="00717CED" w:rsidRDefault="009F0CA5" w:rsidP="00717CED">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00717CED">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>METADATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F6FA515" w14:textId="291CF929" w:rsidR="009F0CA5" w:rsidRPr="009F0CA5" w:rsidRDefault="009F0CA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="578F6E56" w14:textId="51665136" w:rsidR="009F0CA5" w:rsidRPr="00BE2CC3" w:rsidRDefault="009F0CA5" w:rsidP="00BE2CC3">
+    <w:p w14:paraId="578F6E56" w14:textId="2D862817" w:rsidR="009F0CA5" w:rsidRPr="00BE2CC3" w:rsidRDefault="009F0CA5" w:rsidP="00BE2CC3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2CC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Metadatos del </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BE2CC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>dataset</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EB1A82">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00A6346D">
+      <w:r w:rsidR="00094E2D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Carnet de sanidad </w:t>
+        <w:t>Emisión de Certificado de salud</w:t>
       </w:r>
-      <w:r w:rsidR="00C13642">
+      <w:r w:rsidR="007C6FD2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">que emite la  Municipalidad Metropolitana de Lima </w:t>
+        <w:t xml:space="preserve"> de la Municipalidad Metropolitana de Lima </w:t>
       </w:r>
       <w:r w:rsidR="00A6346D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00A6346D" w:rsidRPr="00BE2CC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="008165F3">
+      <w:r w:rsidR="00094E2D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>MML</w:t>
       </w:r>
       <w:r w:rsidR="00A6346D" w:rsidRPr="00BE2CC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E07927B" w14:textId="77777777" w:rsidR="00DA6578" w:rsidRPr="00DA6578" w:rsidRDefault="00DA6578">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:vanish/>
           <w:specVanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70D2D9BE" w14:textId="77777777" w:rsidR="00DA6578" w:rsidRPr="00DA6578" w:rsidRDefault="00DA6578" w:rsidP="00DA6578">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -172,61 +174,61 @@
           <w:p w14:paraId="2E49C04D" w14:textId="273124D6" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00962F24">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Título</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="301BAC89" w14:textId="53B49928" w:rsidR="00504D0A" w:rsidRDefault="00C13642" w:rsidP="00504D0A">
+          <w:p w14:paraId="301BAC89" w14:textId="0A6E3317" w:rsidR="00504D0A" w:rsidRDefault="007C6FD2" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carnet de sanidad que emite la  Municipalidad Metropolitana de Lima - </w:t>
+              <w:t xml:space="preserve">Emisión de Certificado de salud de la Municipalidad Metropolitana de Lima - </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE2CC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>MML</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE2CC3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w14:paraId="1E2BA938" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
@@ -236,467 +238,386 @@
           <w:p w14:paraId="17CCE901" w14:textId="235EEF53" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Título URL Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AF6190C" w14:textId="4B02436C" w:rsidR="00504D0A" w:rsidRDefault="00DB1901" w:rsidP="00504D0A">
-[...9 lines deleted...]
-              <w:t>www.datosabiertos.gob.pe/dataset/carnet-de-sanidad-que-emite-la--municipalidad-metropolitana-de-lima---mml</w:t>
+          <w:p w14:paraId="0AF6190C" w14:textId="1916D6B7" w:rsidR="00504D0A" w:rsidRDefault="002B0BE7" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B0BE7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>https://www.datosabiertos.gob.pe/dataset/emisi%C3%B3n-de-certificado-de-salud-de-la-municipalidad-metropolitana-de-lima-mml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w14:paraId="2EC58AEF" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24E79BF0" w14:textId="0C1004DE" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00D4111F">
+          <w:p w14:paraId="24E79BF0" w14:textId="0C1004DE" w:rsidR="00504D0A" w:rsidRPr="006E6224" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6224">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E8B0D41" w14:textId="37887338" w:rsidR="00D4111F" w:rsidRDefault="009A3721" w:rsidP="009A3721">
+          <w:p w14:paraId="0E423D6E" w14:textId="5E0C766E" w:rsidR="00761703" w:rsidRPr="006E6224" w:rsidRDefault="007C6FD2" w:rsidP="0066199D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-          <w:p w14:paraId="08B907E2" w14:textId="77777777" w:rsidR="00D4111F" w:rsidRDefault="00D4111F" w:rsidP="009A3721">
+            <w:r w:rsidRPr="006E6224">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>El certificado de Salud, e</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA21C3" w:rsidRPr="006E6224">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>s un documento</w:t>
+            </w:r>
+            <w:r w:rsidR="00761703" w:rsidRPr="006E6224">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> que se realiza por</w:t>
+            </w:r>
+            <w:r w:rsidR="00761703" w:rsidRPr="006E6224">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> motivos de matrimonio, trabajo, viaje, estudio u otro, el cual </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA21C3" w:rsidRPr="006E6224">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>determina el estado de la salud del usuario, descartando enfermedades infecto-contagiosas, especialmente de tipo resp</w:t>
+            </w:r>
+            <w:r w:rsidR="00761703" w:rsidRPr="006E6224">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>iratorio y de trasmisión sexual.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FD53688" w14:textId="66F63453" w:rsidR="0066199D" w:rsidRPr="006E6224" w:rsidRDefault="0066199D" w:rsidP="0066199D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="7946D09C" w14:textId="6CE9EB42" w:rsidR="00934D4B" w:rsidRPr="00934D4B" w:rsidRDefault="00934D4B" w:rsidP="00934D4B">
+            <w:r w:rsidRPr="006E6224">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Por lo que, para verificar ello, los usuarios pasan por los siguientes servicios:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7199D353" w14:textId="77777777" w:rsidR="0066199D" w:rsidRPr="006E6224" w:rsidRDefault="0066199D" w:rsidP="0066199D">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="459" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00934D4B">
+            <w:r w:rsidRPr="006E6224">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Evaluación médica.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CBDFCA4" w14:textId="5E5ED165" w:rsidR="00934D4B" w:rsidRPr="00934D4B" w:rsidRDefault="00934D4B" w:rsidP="00934D4B">
+          <w:p w14:paraId="1F28354D" w14:textId="77777777" w:rsidR="00761703" w:rsidRPr="006E6224" w:rsidRDefault="0066199D" w:rsidP="00761703">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="459" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00934D4B">
+            <w:r w:rsidRPr="006E6224">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Evaluación dental.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0F91DEBF" w14:textId="4EE90D37" w:rsidR="00934D4B" w:rsidRPr="00934D4B" w:rsidRDefault="00934D4B" w:rsidP="00934D4B">
+              <w:t>Examen s</w:t>
+            </w:r>
+            <w:r w:rsidR="00761703" w:rsidRPr="006E6224">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>erológico (descarte de sífilis)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43F6AA5B" w14:textId="77777777" w:rsidR="007C6FD2" w:rsidRPr="006E6224" w:rsidRDefault="007C6FD2" w:rsidP="007C6FD2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79087E2E" w14:textId="0F1D101A" w:rsidR="007C6FD2" w:rsidRPr="006E6224" w:rsidRDefault="007C6FD2" w:rsidP="007C6FD2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6224">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Este </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E6224">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Dataset</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006E6224">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> está caracterizado por:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68FF77AE" w14:textId="51D09F3F" w:rsidR="007C6FD2" w:rsidRPr="006E6224" w:rsidRDefault="007C6FD2" w:rsidP="007C6FD2">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="9"/>
               </w:numPr>
-              <w:ind w:left="459" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="6D33FD58" w14:textId="77777777" w:rsidR="005556D7" w:rsidRDefault="00934D4B" w:rsidP="005556D7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6224">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Datos de la entidad : Departamento Provincia, Distrito y </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006E6224">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Ubigeo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="4B7A076E" w14:textId="2F6D9342" w:rsidR="007C6FD2" w:rsidRPr="006E6224" w:rsidRDefault="007C6FD2" w:rsidP="007C6FD2">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="9"/>
               </w:numPr>
-              <w:ind w:left="459" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:sz w:val="22"/>
-[...39 lines deleted...]
-          <w:p w14:paraId="4F3D67DF" w14:textId="0E431D40" w:rsidR="00D4111F" w:rsidRDefault="00D4111F" w:rsidP="00D4111F">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6224">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Datos de la Solicitud :</w:t>
+            </w:r>
+            <w:r w:rsidR="002E601D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Comprobante, costo</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="093C6091" w14:textId="4B47F733" w:rsidR="007C6FD2" w:rsidRPr="006E6224" w:rsidRDefault="007C6FD2" w:rsidP="007C6FD2">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="8"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E6224">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Datos de la </w:t>
-[...34 lines deleted...]
-              </w:numPr>
+              <w:t>Datos del Solicitante: Sexo, fecha de Nacimiento, Edad en la que se hizo la solicitud, país de origen, peso, ocupación</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22E33B77" w14:textId="77777777" w:rsidR="007C6FD2" w:rsidRPr="006E6224" w:rsidRDefault="007C6FD2" w:rsidP="007C6FD2">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-              </w:numPr>
+          </w:p>
+          <w:p w14:paraId="21FE27C7" w14:textId="77777777" w:rsidR="007C6FD2" w:rsidRPr="006E6224" w:rsidRDefault="007C6FD2" w:rsidP="007C6FD2">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E6224">
-[...30 lines deleted...]
-              </w:numPr>
+          </w:p>
+          <w:p w14:paraId="1768E929" w14:textId="6CBF1153" w:rsidR="007C6FD2" w:rsidRPr="006E6224" w:rsidRDefault="007C6FD2" w:rsidP="007C6FD2">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-              </w:rPr>
-[...33 lines deleted...]
-                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w14:paraId="283C9B4F" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51D63ABD" w14:textId="7281B362" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+          <w:p w14:paraId="51D63ABD" w14:textId="026D1934" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Entidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="391CFDAD" w14:textId="64E8666F" w:rsidR="00504D0A" w:rsidRDefault="00EA7FD4" w:rsidP="00504D0A">
+          <w:p w14:paraId="391CFDAD" w14:textId="6D0EAC0F" w:rsidR="00504D0A" w:rsidRDefault="00EA7FD4" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Municipalidad Metropolitana de Lima</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6FD2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - MML</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w14:paraId="1598F2E3" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4723B4D8" w14:textId="16D3A583" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -733,345 +654,294 @@
           </w:tcPr>
           <w:p w14:paraId="316C6F46" w14:textId="50815B45" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Etiquetas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B88C464" w14:textId="516C5E2C" w:rsidR="00504D0A" w:rsidRDefault="00C13642" w:rsidP="00504D0A">
+          <w:p w14:paraId="5B88C464" w14:textId="164F6052" w:rsidR="00504D0A" w:rsidRDefault="007C6FD2" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Salud, </w:t>
-[...5 lines deleted...]
-              <w:t>Carnet de Salud</w:t>
+              <w:t>Certificado Salud, Salud</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w14:paraId="43175C4D" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12BAD6F9" w14:textId="0D974740" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Fecha de creación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71ED991A" w14:textId="50F6FE5A" w:rsidR="00504D0A" w:rsidRDefault="00342B1D" w:rsidP="00504D0A">
+          <w:p w14:paraId="71ED991A" w14:textId="7E2EF5D6" w:rsidR="00504D0A" w:rsidRDefault="007C6FD2" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...26 lines deleted...]
-              <w:t>4</w:t>
+              </w:rPr>
+              <w:t>2024-04-19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w14:paraId="011842A8" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35EB519A" w14:textId="7F952C47" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Frecuencia de actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="234AA13C" w14:textId="340703F3" w:rsidR="00504D0A" w:rsidRDefault="00160016" w:rsidP="00504D0A">
+          <w:p w14:paraId="234AA13C" w14:textId="35EF278E" w:rsidR="00504D0A" w:rsidRDefault="007C6FD2" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Mensual</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="2C94159F" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C1DE0E1" w14:textId="18D08B51" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="79730CB9" w:rsidR="00CD25C2" w:rsidRDefault="00873027" w:rsidP="00660F85">
+          <w:p w14:paraId="1B051219" w14:textId="6F9B34AE" w:rsidR="00CD25C2" w:rsidRDefault="00341FDB" w:rsidP="00955792">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...26 lines deleted...]
-              <w:t>5</w:t>
+              </w:rPr>
+              <w:t>2025-12</w:t>
+            </w:r>
+            <w:r w:rsidR="00956ED0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>-04</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59316C5D" w14:textId="137D6F15" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Versión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="682DC893" w14:textId="0C2F4AC9" w:rsidR="00CD25C2" w:rsidRDefault="00160016" w:rsidP="00CD25C2">
+          <w:p w14:paraId="682DC893" w14:textId="467FA42B" w:rsidR="00CD25C2" w:rsidRDefault="00704749" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>0.1</w:t>
+              <w:t>2.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00341FDB" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRDefault="00660F85" w:rsidP="00CD25C2">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRPr="00D6341F" w:rsidRDefault="00920A1F" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidR="00CD25C2" w:rsidRPr="009F0CA5">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:color w:val="0A77BD"/>
                   <w:kern w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="50813B98" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78F51BD0" w14:textId="026C8583" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
@@ -1179,236 +1049,245 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Tipo de recurso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="203A77A8" w14:textId="328AECF8" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Dataset</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="002B4018" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C20EDCE" w14:textId="0318ABEF" w:rsidR="00CD25C2" w:rsidRPr="00504D0A" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00504D0A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Formato</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E46760A" w14:textId="1FBB55B3" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>CSV</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00160016" w14:paraId="7A5EEEA5" w14:textId="77777777" w:rsidTr="00504D0A">
+      <w:tr w:rsidR="00CD25C2" w14:paraId="7A5EEEA5" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14C8EAEF" w14:textId="0A3D3873" w:rsidR="00160016" w:rsidRDefault="00160016" w:rsidP="00160016">
+          <w:p w14:paraId="14C8EAEF" w14:textId="0A3D3873" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">Cobertura </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29A0014F" w14:textId="7F97FA36" w:rsidR="00160016" w:rsidRDefault="00160016" w:rsidP="00160016">
+          <w:p w14:paraId="29A0014F" w14:textId="7C44621A" w:rsidR="00CD25C2" w:rsidRDefault="00955CEA" w:rsidP="007C6FD2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>Perú, Lima, Lima Metropolitana</w:t>
+              <w:t>Perú</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6FD2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>, Lima, Lima Metropolitana</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00160016" w14:paraId="494AA20C" w14:textId="77777777" w:rsidTr="00504D0A">
+      <w:tr w:rsidR="00CD25C2" w14:paraId="494AA20C" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E758B40" w14:textId="2431496E" w:rsidR="00160016" w:rsidRPr="00CD25C2" w:rsidRDefault="00160016" w:rsidP="00160016">
+          <w:p w14:paraId="6E758B40" w14:textId="2431496E" w:rsidR="00CD25C2" w:rsidRPr="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD25C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Correo de contacto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E87C2D7" w14:textId="2BCAC285" w:rsidR="00160016" w:rsidRDefault="00FB7BE8" w:rsidP="00160016">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00731158">
+          <w:p w14:paraId="4E87C2D7" w14:textId="0D04ACA6" w:rsidR="00CD25C2" w:rsidRPr="004B1E38" w:rsidRDefault="003A5F79" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A5F79">
               <w:t>jnanez@munlima.gob.pe</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4102E574" w14:textId="77777777" w:rsidR="00117B21" w:rsidRDefault="00117B21" w:rsidP="00DA6578">
+    <w:p w14:paraId="0E6576BC" w14:textId="2476AD3F" w:rsidR="009F0CA5" w:rsidRDefault="009F0CA5" w:rsidP="00DA6578">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00117B21" w:rsidSect="003E4836">
+    <w:sectPr w:rsidR="009F0CA5" w:rsidSect="003E4836">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Arial">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
+    <w:altName w:val="Symbol"/>
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0D3E3D91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51164062"/>
     <w:lvl w:ilvl="0" w:tplc="4916289C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
@@ -1602,50 +1481,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="2E6C1641"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D882A4BC"/>
+    <w:lvl w:ilvl="0" w:tplc="280A0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="280A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="280A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="280A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="280A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="280A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="280A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="280A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="280A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="350F3368"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51EEB210"/>
     <w:lvl w:ilvl="0" w:tplc="280A0011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="280A001B" w:tentative="1">
@@ -1690,51 +1682,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="280A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="280A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="629F27C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="351CFA60"/>
     <w:lvl w:ilvl="0" w:tplc="EAAA32F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E3AE4A84" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1830,51 +1822,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6D2A5EE2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="64334537"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51EEB210"/>
     <w:lvl w:ilvl="0" w:tplc="280A0011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="280A001B" w:tentative="1">
@@ -1919,51 +1911,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="280A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="280A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="64F25F98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="082CCB22"/>
     <w:lvl w:ilvl="0" w:tplc="F5487D8C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -2031,51 +2023,51 @@
     <w:lvl w:ilvl="7" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="692C13A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4578769E"/>
     <w:lvl w:ilvl="0" w:tplc="001A3786">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="85AEFB0E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2171,51 +2163,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="EDB4C7D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="7C633A09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F38D9B0"/>
     <w:lvl w:ilvl="0" w:tplc="4916289C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -2284,158 +2276,178 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="220"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
+    <w:rsid w:val="00094E2D"/>
     <w:rsid w:val="00116DF8"/>
-    <w:rsid w:val="00117B21"/>
-    <w:rsid w:val="00160016"/>
+    <w:rsid w:val="00173977"/>
     <w:rsid w:val="00182C03"/>
-    <w:rsid w:val="001A4117"/>
-    <w:rsid w:val="001E4CF9"/>
     <w:rsid w:val="0020585A"/>
+    <w:rsid w:val="002710C7"/>
     <w:rsid w:val="00297BE5"/>
+    <w:rsid w:val="002B0BE7"/>
+    <w:rsid w:val="002E601D"/>
     <w:rsid w:val="00306482"/>
-    <w:rsid w:val="00326ECD"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003A537D"/>
+    <w:rsid w:val="00341FDB"/>
+    <w:rsid w:val="00390B25"/>
+    <w:rsid w:val="003A5F79"/>
+    <w:rsid w:val="003C5183"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E4836"/>
+    <w:rsid w:val="0042625F"/>
     <w:rsid w:val="0048753E"/>
-    <w:rsid w:val="004D5A0C"/>
+    <w:rsid w:val="00495DF4"/>
+    <w:rsid w:val="004B1E38"/>
+    <w:rsid w:val="004D6335"/>
     <w:rsid w:val="004F1D9B"/>
     <w:rsid w:val="00504D0A"/>
     <w:rsid w:val="0053263F"/>
-    <w:rsid w:val="005556D7"/>
+    <w:rsid w:val="00546BB4"/>
+    <w:rsid w:val="005E0526"/>
     <w:rsid w:val="005F2C43"/>
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00647FB5"/>
-    <w:rsid w:val="00660F85"/>
+    <w:rsid w:val="0066199D"/>
     <w:rsid w:val="00682CD5"/>
+    <w:rsid w:val="006E6224"/>
+    <w:rsid w:val="00704749"/>
     <w:rsid w:val="0070589E"/>
     <w:rsid w:val="00717CED"/>
-    <w:rsid w:val="00766F40"/>
+    <w:rsid w:val="00721425"/>
+    <w:rsid w:val="00761703"/>
     <w:rsid w:val="007840A6"/>
-    <w:rsid w:val="0081004A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00873027"/>
+    <w:rsid w:val="007C6FD2"/>
+    <w:rsid w:val="00827E3C"/>
     <w:rsid w:val="00876384"/>
     <w:rsid w:val="00904DBB"/>
+    <w:rsid w:val="00920A1F"/>
     <w:rsid w:val="00934D4B"/>
     <w:rsid w:val="009379D2"/>
     <w:rsid w:val="0095347C"/>
+    <w:rsid w:val="00955792"/>
+    <w:rsid w:val="00955CEA"/>
+    <w:rsid w:val="00956ED0"/>
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="009A3721"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
     <w:rsid w:val="009F0CA5"/>
-    <w:rsid w:val="00A537B8"/>
     <w:rsid w:val="00A6346D"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B6616D"/>
+    <w:rsid w:val="00BA21C3"/>
+    <w:rsid w:val="00BD0808"/>
     <w:rsid w:val="00BE2CC3"/>
     <w:rsid w:val="00BE5CCD"/>
-    <w:rsid w:val="00C13642"/>
+    <w:rsid w:val="00C42028"/>
     <w:rsid w:val="00C961F8"/>
+    <w:rsid w:val="00CA0AAF"/>
     <w:rsid w:val="00CD25C2"/>
+    <w:rsid w:val="00CD3386"/>
     <w:rsid w:val="00D00322"/>
-    <w:rsid w:val="00D4111F"/>
+    <w:rsid w:val="00D15E3D"/>
     <w:rsid w:val="00D5559D"/>
+    <w:rsid w:val="00D6341F"/>
+    <w:rsid w:val="00D77516"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
-    <w:rsid w:val="00DB1901"/>
+    <w:rsid w:val="00E2163C"/>
+    <w:rsid w:val="00E452E9"/>
     <w:rsid w:val="00EA7FD4"/>
     <w:rsid w:val="00EB1A82"/>
+    <w:rsid w:val="00EF3620"/>
     <w:rsid w:val="00F1229D"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00FA048A"/>
-    <w:rsid w:val="00FB7BE8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4042BE67"/>
@@ -2933,77 +2945,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="009F0CA5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-PE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="410352508">
-[...25 lines deleted...]
-    </w:div>
     <w:div w:id="903294070">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1137454505">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -3262,50 +3247,51 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2052068829">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://opendefinition.org/licenses/odc-by/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -3536,69 +3522,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>261</Words>
-  <Characters>1439</Characters>
+  <Words>244</Words>
+  <Characters>1342</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1697</CharactersWithSpaces>
+  <CharactersWithSpaces>1583</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alma Fernanda Vera Quea</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>