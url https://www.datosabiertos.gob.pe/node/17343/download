--- v0 (2026-01-29)
+++ v1 (2026-03-18)
@@ -744,76 +744,92 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F350C2" w:rsidRDefault="00946B65" w:rsidP="00397645">
+          <w:p w:rsidR="00F350C2" w:rsidRDefault="00E87B24" w:rsidP="00E87B24">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>2025-1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00397645">
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00946B65">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00946B65">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r>
+            <w:r w:rsidR="00946B65">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>-05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F350C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F350C2" w:rsidRDefault="006D6D7A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -862,51 +878,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F350C2" w:rsidRDefault="003E270C">
+          <w:p w:rsidR="00F350C2" w:rsidRDefault="000D4A03">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r w:rsidR="006D6D7A">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:color w:val="0A77BD"/>
                   <w:kern w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F350C2">
         <w:tc>
           <w:tcPr>
@@ -1187,137 +1203,135 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00F350C2" w:rsidRDefault="00F350C2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F350C2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="003E270C" w:rsidRDefault="003E270C">
+    <w:p w:rsidR="000D4A03" w:rsidRDefault="000D4A03">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="003E270C" w:rsidRDefault="003E270C">
+    <w:p w:rsidR="000D4A03" w:rsidRDefault="000D4A03">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
-    <w:altName w:val="Symbol"/>
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimHei">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="003E270C" w:rsidRDefault="003E270C">
+    <w:p w:rsidR="000D4A03" w:rsidRDefault="000D4A03">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="003E270C" w:rsidRDefault="003E270C">
+    <w:p w:rsidR="000D4A03" w:rsidRDefault="000D4A03">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0D3E3D91"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0D3E3D91"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1522,72 +1536,73 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="170"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="00044B28"/>
+    <w:rsid w:val="000D4A03"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00122CA5"/>
     <w:rsid w:val="00127316"/>
     <w:rsid w:val="00160016"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="001A4117"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="00215528"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="00312602"/>
     <w:rsid w:val="00326ECD"/>
     <w:rsid w:val="00332CC8"/>
     <w:rsid w:val="00342B1D"/>
     <w:rsid w:val="00397645"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E270C"/>
     <w:rsid w:val="003E4836"/>
     <w:rsid w:val="00460397"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="004877C7"/>
     <w:rsid w:val="00497673"/>
     <w:rsid w:val="004F0CB5"/>
     <w:rsid w:val="004F1D9B"/>
@@ -1619,50 +1634,51 @@
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="009A1EFA"/>
     <w:rsid w:val="009A3721"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
     <w:rsid w:val="009F0CA5"/>
     <w:rsid w:val="00A6346D"/>
     <w:rsid w:val="00A67DCC"/>
     <w:rsid w:val="00A71CDD"/>
     <w:rsid w:val="00B21CBD"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B6616D"/>
     <w:rsid w:val="00BE2CC3"/>
     <w:rsid w:val="00BE5CCD"/>
     <w:rsid w:val="00C13642"/>
     <w:rsid w:val="00C15D18"/>
     <w:rsid w:val="00C961F8"/>
     <w:rsid w:val="00CD25C2"/>
     <w:rsid w:val="00D00322"/>
     <w:rsid w:val="00D239CE"/>
     <w:rsid w:val="00D4111F"/>
     <w:rsid w:val="00D5559D"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
     <w:rsid w:val="00DB1901"/>
+    <w:rsid w:val="00E87B24"/>
     <w:rsid w:val="00EA7FD4"/>
     <w:rsid w:val="00EB1A82"/>
     <w:rsid w:val="00EB64F3"/>
     <w:rsid w:val="00F1229D"/>
     <w:rsid w:val="00F350C2"/>
     <w:rsid w:val="00F47D86"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00FA048A"/>
     <w:rsid w:val="41135962"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE" w:eastAsia="zh-CN"/>