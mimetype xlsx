--- v0 (2025-10-21)
+++ v1 (2026-03-13)
@@ -1,67 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
-[...7 lines deleted...]
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27628"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nalvarez\Desktop\NATALY\2. DATASETS\9. INFORMACION DESCARGADA DESDE DRIVE\6. 2019-2023_DISPOSICION FINAL DE RRSS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nalvarez\Desktop\NATALY\DATASETS\2025\1. Disposicion final adecuada de RRSS\2019-2023_DISPOSICION FINAL DE RRSS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BC81C5EF-CC53-40C7-AE25-E584A4A7EA02}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9504A8A6-F253-4A93-8DF7-0881B6930D39}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView activeTab="0" windowHeight="15840" windowWidth="29040" xWindow="28680" xr2:uid="{8FB7A556-ECDB-4209-B4E1-66CB754770F6}" yWindow="-120"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{8FB7A556-ECDB-4209-B4E1-66CB754770F6}"/>
   </bookViews>
   <sheets>
-    <sheet name="c. DiccionarioDatos" sheetId="2" r:id="rId1"/>
+    <sheet name="DiccionarioDatos" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="53">
   <si>
     <t>Variable</t>
   </si>
   <si>
@@ -103,53 +96,50 @@
   <si>
     <t>PROVINCIA</t>
   </si>
   <si>
     <t>DISTRITO</t>
   </si>
   <si>
     <t>Día en que se generó el DATASET</t>
   </si>
   <si>
     <t>Texto</t>
   </si>
   <si>
     <t>Catálogo del INEI</t>
   </si>
   <si>
     <t>Año en el que generaron los residuos sólidos domiciliarios.</t>
   </si>
   <si>
     <t>Formato: aaaa</t>
   </si>
   <si>
     <t>Fuente: MEF</t>
   </si>
   <si>
-    <t>Se refiere a la cantidad de residuos sólidos generados por un distrito que son dispuestos en vertederos una infraestructura de disposición final (rellenos sanitarios, celdas transitorias, etc.). La unidad de medida es toneladas por año, lo que indica la cantidad de residuos que se manejan en ese período de tiempo. Esta métrica es importante para evaluar la cantidad de residuos producidos y gestionados, así como para planificar y mejorar las estrategias de gestión de residuos.</t>
-[...1 lines deleted...]
-  <si>
     <t>Se refiere al nombre o designación específica de un lugar donde se lleva a cabo la disposición final adecuada de los residuos sólidos. Este término se utiliza para identificar claramente la ubicación de instalaciones. La denominación de estos sitios ayuda a su identificación, seguimiento y gestión adecuada dentro del contexto de la gestión integral de residuos</t>
   </si>
   <si>
     <t>Disposición final adecuada de residuos sólidos  - [Ministerio del Ambiente - MINAM]</t>
   </si>
   <si>
     <t>Código de Ubicación Geografica donde se disponen adecuadamente los residuos sólidos municipales</t>
   </si>
   <si>
     <t>ANIO</t>
   </si>
   <si>
     <t>Departamento donde se disponen adecuadamente los residuos sólidos municipales</t>
   </si>
   <si>
     <t>Provincia donde se disponen adecuadamente los residuos sólidos municipales</t>
   </si>
   <si>
     <t>Distrito donde se disponen adecuadamente los residuos sólidos municipales</t>
   </si>
   <si>
     <t>Región natural donde se disponen adecuadamente los residuos sólidos municipales</t>
   </si>
   <si>
     <t>Tipo de municipalidades: provinciales y distritales.</t>
@@ -212,234 +202,238 @@
     <t>Los tipos de sitios son:
 Empresa Operadora de Residuos Sólidos.- Persona jurídica que presta los servicios de limpieza de vías y espacios públicos, recolección y transporte, transferencia o disposición final de residuos. Asimismo, puede realizar las actividades de comercialización y valorización.
 Gobiernos locales.- Las Municipalidades son las instituciones públicas encargadas de la gestión de las provincias y sus distritos, por lo que se dividen en Municipalidades Provinciales y Municipalidades Distritales</t>
   </si>
   <si>
     <t>COBERTURA_DISPOSICION_FINAL_ADECUADA</t>
   </si>
   <si>
     <t>Se refiere a la cantidad de la población que tiene acceso a una disposición final adecuada de residuos sólidos. Esta medida indica cuántas personas están cubiertas por sistemas de gestión de residuos que cumplen con estándares adecuados de disposicion final de residuos sólidos. La unidad de medida es el número de habitantes, lo que significa cuántas personas se benefician de estas instalaciones adecuadas en una determinada área o región. Una cobertura alta sobre disposición final adecuada indica un buen acceso a servicios de gestión de residuos, mientras que una cobertura baja puede indicar la necesidad de mejorar las infraestructuras y políticas relacionadas con la gestión de residuos. La unidad de medida es número de habitantes.</t>
   </si>
   <si>
     <t>REGION_NATURAL</t>
   </si>
   <si>
     <t>TIPO_MUNICIPALIDAD</t>
   </si>
   <si>
     <t>TIPO_SITIO_DISPOSICION_FINAL_ADECUADA</t>
   </si>
   <si>
     <t>TIPO_ADMINISTRADOR_SITIO_DISPOSICION_FINAL_ADECUADA</t>
   </si>
   <si>
     <t>RESIDUOS_MUNICIPALES_DISPUESTOS</t>
   </si>
+  <si>
+    <t>Se refiere a la cantidad de residuos sólidos generados por un distrito que son dispuestos en vertederos o una infraestructura de disposición final (rellenos sanitarios, celdas transitorias, etc.). La unidad de medida es toneladas por año, lo que indica la cantidad de residuos que se manejan en ese período de tiempo. Esta métrica es importante para evaluar la cantidad de residuos producidos y gestionados, así como para planificar y mejorar las estrategias de gestión de residuos.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...10 lines deleted...]
-  <fonts count="5">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <color rgb="FF000000"/>
-      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <b/>
+      <sz val="8"/>
+      <color rgb="FF262626"/>
       <name val="Arial"/>
       <family val="2"/>
-      <b/>
-[...1 lines deleted...]
-      <sz val="8"/>
     </font>
     <font>
+      <b/>
+      <sz val="8"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
-      <color rgb="FF000000"/>
-      <sz val="8"/>
     </font>
     <font>
+      <sz val="8"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
-      <color rgb="FF000000"/>
-      <sz val="8"/>
     </font>
     <font>
+      <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
-      <color rgb="FF262626"/>
-      <sz val="8"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFF2CB"/>
+        <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFFFF"/>
+        <fgColor theme="0"/>
         <bgColor theme="4"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFFFF"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFD8D8D8"/>
+        <bgColor rgb="FFD8D8D8"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor rgb="FFD8D8D8"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
-      <left style="none">
-[...13 lines deleted...]
-      </diagonal>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
-      <left style="thin"/>
-[...5 lines deleted...]
-      </diagonal>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-  </cellStyleXfs>
-[...31 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...2 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" TargetMode="Internal"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" TargetMode="Internal"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" TargetMode="Internal"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" TargetMode="Internal"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -694,431 +688,432 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin" TargetMode="Internal"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5EEB2CBF-2469-4537-98EE-4A079B56D282}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5EEB2CBF-2469-4537-98EE-4A079B56D282}">
+  <dimension ref="A2:F22"/>
   <sheetViews>
-    <sheetView workbookViewId="0" tabSelected="1" zoomScaleNormal="100">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="B22" sqref="B22"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="4" topLeftCell="A11" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B21" sqref="B21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.7109375" defaultRowHeight="11"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="10.7109375" defaultRowHeight="11.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.28515625" style="11" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="109.42578125" style="2" customWidth="1"/>
     <col min="3" max="3" width="13.140625" style="8" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="10.7109375" style="8" customWidth="1"/>
+    <col min="4" max="4" width="10.7109375" style="8"/>
     <col min="5" max="5" width="22.7109375" style="8" customWidth="1"/>
     <col min="6" max="6" width="26.5703125" style="8" customWidth="1"/>
-    <col min="7" max="16384" width="10.7109375" style="9" customWidth="1"/>
+    <col min="7" max="16384" width="10.7109375" style="9"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A5" s="18" t="s">
+      <c r="A5" s="14" t="s">
         <v>6</v>
       </c>
-      <c r="B5" s="15" t="s">
+      <c r="B5" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="12" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="12">
         <v>8</v>
       </c>
       <c r="E5" s="12"/>
       <c r="F5" s="7" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A6" s="18" t="s">
+      <c r="A6" s="14" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="7">
         <v>6</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>17</v>
       </c>
       <c r="F6" s="7"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A7" s="19" t="s">
-        <v>25</v>
+      <c r="A7" s="15" t="s">
+        <v>24</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D7" s="7">
         <v>4</v>
       </c>
       <c r="E7" s="7"/>
       <c r="F7" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A8" s="19" t="s">
+      <c r="A8" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D8" s="7">
         <v>13</v>
       </c>
       <c r="E8" s="7" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="7"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A9" s="19" t="s">
+      <c r="A9" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="7">
         <v>50</v>
       </c>
       <c r="E9" s="7" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="7"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A10" s="19" t="s">
+      <c r="A10" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="7">
         <v>100</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="7"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A11" s="19" t="s">
-        <v>48</v>
+      <c r="A11" s="15" t="s">
+        <v>47</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="7">
         <v>6</v>
       </c>
       <c r="E11" s="7"/>
       <c r="F11" s="7"/>
     </row>
     <row r="12" spans="1:6" s="13" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="19" t="s">
-[...3 lines deleted...]
-        <v>30</v>
+      <c r="A12" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" s="19" t="s">
+        <v>29</v>
       </c>
       <c r="C12" s="12" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="12">
         <v>30</v>
       </c>
       <c r="E12" s="12"/>
       <c r="F12" s="12"/>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A13" s="19" t="s">
-        <v>31</v>
+      <c r="A13" s="15" t="s">
+        <v>30</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="7">
         <v>8</v>
       </c>
       <c r="E13" s="7"/>
       <c r="F13" s="7"/>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A14" s="19" t="s">
-        <v>32</v>
+      <c r="A14" s="15" t="s">
+        <v>31</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D14" s="7">
         <v>8</v>
       </c>
       <c r="E14" s="7"/>
       <c r="F14" s="7"/>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A15" s="19" t="s">
-        <v>33</v>
+      <c r="A15" s="15" t="s">
+        <v>32</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D15" s="7">
         <v>8</v>
       </c>
       <c r="E15" s="7"/>
-      <c r="F15" s="14"/>
-[...2 lines deleted...]
-      <c r="A16" s="19" t="s">
+      <c r="F15" s="16"/>
+    </row>
+    <row r="16" spans="1:6" s="13" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+      <c r="A16" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" s="19" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C16" s="12" t="s">
         <v>16</v>
       </c>
       <c r="D16" s="12">
         <v>10</v>
       </c>
       <c r="E16" s="12" t="s">
         <v>20</v>
       </c>
       <c r="F16" s="12"/>
     </row>
-    <row ht="33.75" r="17" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A17" s="19" t="s">
+    <row r="17" spans="1:6" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A17" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" s="10" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="7">
         <v>8</v>
       </c>
       <c r="E17" s="6"/>
-      <c r="F17" s="17" t="s">
-[...5 lines deleted...]
-        <v>50</v>
+      <c r="F17" s="20" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="17" t="s">
+        <v>49</v>
       </c>
       <c r="B18" s="10" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C18" s="12" t="s">
         <v>16</v>
       </c>
       <c r="D18" s="6">
         <v>100</v>
       </c>
       <c r="E18" s="6"/>
-      <c r="F18" s="17" t="s">
-[...5 lines deleted...]
-        <v>44</v>
+      <c r="F18" s="20" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="B19" s="10" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C19" s="12" t="s">
         <v>16</v>
       </c>
       <c r="D19" s="6">
         <v>100</v>
       </c>
       <c r="E19" s="6"/>
-      <c r="F19" s="17" t="s">
-[...5 lines deleted...]
-        <v>51</v>
+      <c r="F19" s="20" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A20" s="17" t="s">
+        <v>50</v>
       </c>
       <c r="B20" s="10" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C20" s="12" t="s">
         <v>16</v>
       </c>
       <c r="D20" s="6">
         <v>50</v>
       </c>
       <c r="E20" s="6"/>
-      <c r="F20" s="17" t="s">
-[...4 lines deleted...]
-      <c r="A21" s="19" t="s">
+      <c r="F20" s="20" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A21" s="17" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="10" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D21" s="7">
         <v>10</v>
       </c>
       <c r="E21" s="6"/>
-      <c r="F21" s="17" t="s">
-[...4 lines deleted...]
-      <c r="A22" s="19" t="s">
+      <c r="F21" s="20" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A22" s="17" t="s">
+        <v>51</v>
+      </c>
+      <c r="B22" s="10" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D22" s="7">
         <v>10</v>
       </c>
       <c r="E22" s="6"/>
-      <c r="F22" s="17" t="s">
-        <v>41</v>
+      <c r="F22" s="20" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>c. DiccionarioDatos</vt:lpstr>
+      <vt:lpstr>DiccionarioDatos</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Alma Fernanda Vera Quea</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>