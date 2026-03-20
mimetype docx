--- v0 (2026-01-08)
+++ v1 (2026-03-20)
@@ -207,51 +207,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24E79BF0" w14:textId="0C1004DE" w:rsidR="00504D0A" w:rsidRPr="006348A4" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006348A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AC3A8B5" w14:textId="77799CC6" w:rsidR="002C0F45" w:rsidRPr="006348A4" w:rsidRDefault="004E0B59" w:rsidP="002C0F45">
+          <w:p w14:paraId="1AC3A8B5" w14:textId="6362B10F" w:rsidR="002C0F45" w:rsidRPr="006348A4" w:rsidRDefault="004E0B59" w:rsidP="002C0F45">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006348A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Este dataset contiene </w:t>
             </w:r>
             <w:r w:rsidRPr="006348A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Información del registro de las incidencias observadas mediante la </w:t>
             </w:r>
             <w:r w:rsidR="00D3240E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
@@ -269,67 +269,67 @@
             </w:r>
             <w:r w:rsidRPr="006348A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">ámaras y videovigilancia de la </w:t>
             </w:r>
             <w:r w:rsidR="002C0F45" w:rsidRPr="006348A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Sub-Gerencia</w:t>
             </w:r>
             <w:r w:rsidRPr="006348A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> de Seguridad Ciudadana de Municipalidad Provincial de Chiclayo, correspondiente al año 2023</w:t>
             </w:r>
             <w:r w:rsidR="00D3240E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> hasta </w:t>
             </w:r>
-            <w:r w:rsidR="001F2C4C">
+            <w:r w:rsidR="00447A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>noviembre</w:t>
+              <w:t>febrero</w:t>
             </w:r>
             <w:r w:rsidR="00E7559A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00DF06FD">
+            <w:r w:rsidR="00871E4A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>2025</w:t>
+              <w:t>2026</w:t>
             </w:r>
             <w:r w:rsidRPr="006348A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4180A3A4" w14:textId="2191ADE1" w:rsidR="002C0F45" w:rsidRPr="006348A4" w:rsidRDefault="002C0F45" w:rsidP="002C0F45">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006348A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">La Subgerencia de Seguridad Ciudadana registra diversos tipos de incidencias como: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="533EEB52" w14:textId="18D4A68A" w:rsidR="002C0F45" w:rsidRPr="006348A4" w:rsidRDefault="002C0F45" w:rsidP="002C0F45">
             <w:pPr>
@@ -984,103 +984,103 @@
           </w:tcPr>
           <w:p w14:paraId="4C1DE0E1" w14:textId="18D08B51" w:rsidR="00CD25C2" w:rsidRPr="006348A4" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006348A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="6184E16F" w:rsidR="00CD25C2" w:rsidRPr="006348A4" w:rsidRDefault="00435F71" w:rsidP="00CD25C2">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="006348A4">
+          <w:p w14:paraId="1B051219" w14:textId="08287BAF" w:rsidR="00CD25C2" w:rsidRPr="006348A4" w:rsidRDefault="00871E4A" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001F2C4C">
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00435F71" w:rsidRPr="006348A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006348A4">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00447A0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001F2C4C">
+              <w:t>03</w:t>
+            </w:r>
+            <w:r w:rsidR="006908EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>12</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006908EE">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E45051">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001F2C4C">
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00447A0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w:rsidRPr="006348A4" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59316C5D" w14:textId="137D6F15" w:rsidR="00CD25C2" w:rsidRPr="00D3240E" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D3240E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
@@ -1092,51 +1092,51 @@
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="682DC893" w14:textId="2A2446C6" w:rsidR="00CD25C2" w:rsidRPr="00D3240E" w:rsidRDefault="00155102" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="000D3DA2" w:rsidRPr="00D3240E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidRPr="001F2C4C" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00447A0B" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="00CD25C2" w:rsidRPr="006348A4" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006348A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1351,73 +1351,73 @@
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14C8EAEF" w14:textId="0A3D3873" w:rsidR="00CD25C2" w:rsidRPr="006348A4" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006348A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">Cobertura </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29A0014F" w14:textId="1E45CCB6" w:rsidR="00CD25C2" w:rsidRPr="006348A4" w:rsidRDefault="00435F71" w:rsidP="00CD25C2">
+          <w:p w14:paraId="29A0014F" w14:textId="1FFE517D" w:rsidR="00CD25C2" w:rsidRPr="006348A4" w:rsidRDefault="00435F71" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006348A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Peru, Lambayeque, Chiclayo</w:t>
             </w:r>
             <w:r w:rsidR="007E462D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>, Chiclayo, 2023 - 202</w:t>
             </w:r>
-            <w:r w:rsidR="005914AA">
-[...3 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00871E4A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w:rsidRPr="006348A4" w14:paraId="494AA20C" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E758B40" w14:textId="2431496E" w:rsidR="00CD25C2" w:rsidRPr="006348A4" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006348A4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Correo de contacto</w:t>
             </w:r>
@@ -2459,105 +2459,108 @@
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="000D3DA2"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00155102"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="001F2C4C"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="002142D0"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="002C0F45"/>
     <w:rsid w:val="00302D5F"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="00357291"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E4836"/>
     <w:rsid w:val="0042387D"/>
     <w:rsid w:val="00435F71"/>
+    <w:rsid w:val="00447A0B"/>
     <w:rsid w:val="00455658"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="00494CA7"/>
     <w:rsid w:val="004E0B59"/>
     <w:rsid w:val="004F1D9B"/>
     <w:rsid w:val="00504D0A"/>
     <w:rsid w:val="00513DAB"/>
     <w:rsid w:val="0053263F"/>
     <w:rsid w:val="00536914"/>
     <w:rsid w:val="005914AA"/>
     <w:rsid w:val="005F2C43"/>
     <w:rsid w:val="006348A4"/>
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00647FB5"/>
     <w:rsid w:val="00682CD5"/>
     <w:rsid w:val="006908EE"/>
     <w:rsid w:val="006E50FA"/>
     <w:rsid w:val="0070589E"/>
     <w:rsid w:val="00717CED"/>
     <w:rsid w:val="00762467"/>
     <w:rsid w:val="007630EA"/>
     <w:rsid w:val="00782E76"/>
     <w:rsid w:val="007840A6"/>
     <w:rsid w:val="007E462D"/>
     <w:rsid w:val="008636C9"/>
+    <w:rsid w:val="00871E4A"/>
     <w:rsid w:val="00876384"/>
     <w:rsid w:val="00904DBB"/>
     <w:rsid w:val="009379D2"/>
     <w:rsid w:val="0095347C"/>
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
     <w:rsid w:val="009E448F"/>
     <w:rsid w:val="009F0CA5"/>
     <w:rsid w:val="00A77D07"/>
     <w:rsid w:val="00AA4587"/>
     <w:rsid w:val="00B20246"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B6616D"/>
     <w:rsid w:val="00BE2CC3"/>
     <w:rsid w:val="00C2658C"/>
     <w:rsid w:val="00C56A50"/>
     <w:rsid w:val="00C961F8"/>
     <w:rsid w:val="00CC7655"/>
     <w:rsid w:val="00CD1144"/>
     <w:rsid w:val="00CD25C2"/>
     <w:rsid w:val="00CF4F2A"/>
     <w:rsid w:val="00D00322"/>
     <w:rsid w:val="00D3240E"/>
     <w:rsid w:val="00D5559D"/>
     <w:rsid w:val="00D55B3E"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
     <w:rsid w:val="00DB3493"/>
     <w:rsid w:val="00DF06FD"/>
+    <w:rsid w:val="00E45051"/>
     <w:rsid w:val="00E7559A"/>
     <w:rsid w:val="00E75FF3"/>
     <w:rsid w:val="00EB1A82"/>
     <w:rsid w:val="00F1229D"/>
     <w:rsid w:val="00F14BD6"/>
     <w:rsid w:val="00F200C7"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00F8196D"/>
     <w:rsid w:val="00FA048A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE"/>
@@ -3693,69 +3696,69 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>334</Words>
-  <Characters>1839</Characters>
+  <Characters>1837</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2169</CharactersWithSpaces>
+  <CharactersWithSpaces>2167</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alma Fernanda Vera Quea</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>