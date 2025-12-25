--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -234,105 +234,105 @@
           <w:p w14:paraId="24E79BF0" w14:textId="0C1004DE" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D3DA2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AC3A8B5" w14:textId="760332C4" w:rsidR="002C0F45" w:rsidRDefault="004E0B59" w:rsidP="002C0F45">
+          <w:p w14:paraId="1AC3A8B5" w14:textId="2AEEE8E9" w:rsidR="002C0F45" w:rsidRDefault="004E0B59" w:rsidP="002C0F45">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Este dataset contiene </w:t>
             </w:r>
             <w:r w:rsidRPr="00CD1144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Información del registro </w:t>
             </w:r>
             <w:r w:rsidR="00CD1144" w:rsidRPr="00CD1144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>recolección Residuos Sólidos</w:t>
             </w:r>
             <w:r w:rsidR="00CD1144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A21C28">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>a cargo de la Sub-Gerencia de Residuos Sólidos</w:t>
             </w:r>
             <w:r w:rsidRPr="00CD1144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> de Municipalidad Provincial de Chiclayo, correspondiente </w:t>
             </w:r>
             <w:r w:rsidR="004F073F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">a los periodos 2023 hasta </w:t>
             </w:r>
-            <w:r w:rsidR="00D501D1">
-[...3 lines deleted...]
-              <w:t>setiembre</w:t>
+            <w:r w:rsidR="007D714A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">octubre </w:t>
             </w:r>
             <w:r w:rsidR="006F18F5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00902484">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
             <w:r w:rsidRPr="00CD1144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43C60221" w14:textId="3EFE3A43" w:rsidR="002C0F45" w:rsidRDefault="002C0F45" w:rsidP="00CD1144">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -856,95 +856,103 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="1085DC31" w:rsidR="00CD25C2" w:rsidRPr="00CD1144" w:rsidRDefault="00435F71" w:rsidP="00CD25C2">
+          <w:p w14:paraId="1B051219" w14:textId="3FBF499C" w:rsidR="00CD25C2" w:rsidRPr="00CD1144" w:rsidRDefault="00435F71" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD1144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="000B3CF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>5-</w:t>
             </w:r>
             <w:r w:rsidR="00D501D1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>10</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006F06AD">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="003F2C50">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D501D1">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="006F06AD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>06</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="003F2C50">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59316C5D" w14:textId="137D6F15" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -958,51 +966,51 @@
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="682DC893" w14:textId="40F473F1" w:rsidR="00CD25C2" w:rsidRPr="00CD1144" w:rsidRDefault="006F18F5" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="000D3DA2" w:rsidRPr="004F073F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00D501D1" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="007D714A" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
@@ -2340,108 +2348,110 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1494299114">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2026319148">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1235698757">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="971785683">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="523442524">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="959534543">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="150"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="00085C6D"/>
     <w:rsid w:val="000B3CF7"/>
     <w:rsid w:val="000D3DA2"/>
     <w:rsid w:val="000E2ADC"/>
     <w:rsid w:val="000F0AEE"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00174ADE"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="00195807"/>
     <w:rsid w:val="001E1BA1"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="002241B7"/>
     <w:rsid w:val="00286519"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="002C0F45"/>
     <w:rsid w:val="00301E90"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E4836"/>
+    <w:rsid w:val="003F2C50"/>
     <w:rsid w:val="003F6A43"/>
     <w:rsid w:val="00435F71"/>
     <w:rsid w:val="00450A8D"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="004E0B59"/>
     <w:rsid w:val="004E1159"/>
     <w:rsid w:val="004F073F"/>
     <w:rsid w:val="004F1D9B"/>
     <w:rsid w:val="00504D0A"/>
     <w:rsid w:val="0053263F"/>
     <w:rsid w:val="005F2C43"/>
     <w:rsid w:val="00610DC6"/>
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00647FB5"/>
     <w:rsid w:val="00666D6B"/>
     <w:rsid w:val="00682CD5"/>
     <w:rsid w:val="006F06AD"/>
     <w:rsid w:val="006F18F5"/>
     <w:rsid w:val="0070589E"/>
     <w:rsid w:val="00710E85"/>
     <w:rsid w:val="00717CED"/>
     <w:rsid w:val="00733397"/>
     <w:rsid w:val="00782E76"/>
     <w:rsid w:val="007840A6"/>
+    <w:rsid w:val="007D714A"/>
     <w:rsid w:val="008003A3"/>
     <w:rsid w:val="00841AB7"/>
     <w:rsid w:val="008636C9"/>
     <w:rsid w:val="00876384"/>
     <w:rsid w:val="00902484"/>
     <w:rsid w:val="00904DBB"/>
     <w:rsid w:val="009379D2"/>
     <w:rsid w:val="0095347C"/>
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="009A5E2B"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
     <w:rsid w:val="009F0CA5"/>
     <w:rsid w:val="00A21C28"/>
     <w:rsid w:val="00A37C81"/>
     <w:rsid w:val="00A65481"/>
     <w:rsid w:val="00A74430"/>
     <w:rsid w:val="00AA2423"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B54B34"/>
     <w:rsid w:val="00B645B1"/>
     <w:rsid w:val="00B6616D"/>
     <w:rsid w:val="00BA3F29"/>
     <w:rsid w:val="00BE2CC3"/>
     <w:rsid w:val="00C008D2"/>
@@ -3609,68 +3619,68 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>288</Words>
-  <Characters>1589</Characters>
+  <Characters>1588</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1874</CharactersWithSpaces>
+  <CharactersWithSpaces>1873</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alma Fernanda Vera Quea</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>