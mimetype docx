--- v1 (2025-12-25)
+++ v2 (2026-02-12)
@@ -234,107 +234,107 @@
           <w:p w14:paraId="24E79BF0" w14:textId="0C1004DE" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D3DA2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AC3A8B5" w14:textId="2AEEE8E9" w:rsidR="002C0F45" w:rsidRDefault="004E0B59" w:rsidP="002C0F45">
+          <w:p w14:paraId="1AC3A8B5" w14:textId="214B9BD1" w:rsidR="002C0F45" w:rsidRDefault="004E0B59" w:rsidP="002C0F45">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Este dataset contiene </w:t>
             </w:r>
             <w:r w:rsidRPr="00CD1144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Información del registro </w:t>
             </w:r>
             <w:r w:rsidR="00CD1144" w:rsidRPr="00CD1144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>recolección Residuos Sólidos</w:t>
             </w:r>
             <w:r w:rsidR="00CD1144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A21C28">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>a cargo de la Sub-Gerencia de Residuos Sólidos</w:t>
             </w:r>
             <w:r w:rsidRPr="00CD1144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> de Municipalidad Provincial de Chiclayo, correspondiente </w:t>
             </w:r>
             <w:r w:rsidR="004F073F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">a los periodos 2023 hasta </w:t>
             </w:r>
+            <w:r w:rsidR="00FB4E25">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>diciembre</w:t>
+            </w:r>
             <w:r w:rsidR="007D714A">
-              <w:rPr>
-[...4 lines deleted...]
-            <w:r w:rsidR="006F18F5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00902484">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
             <w:r w:rsidRPr="00CD1144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43C60221" w14:textId="3EFE3A43" w:rsidR="002C0F45" w:rsidRDefault="002C0F45" w:rsidP="00CD1144">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
@@ -856,103 +856,103 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="3FBF499C" w:rsidR="00CD25C2" w:rsidRPr="00CD1144" w:rsidRDefault="00435F71" w:rsidP="00CD25C2">
+          <w:p w14:paraId="1B051219" w14:textId="1B3FB472" w:rsidR="00CD25C2" w:rsidRPr="00CD1144" w:rsidRDefault="00435F71" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD1144">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="000B3CF7">
+            <w:r w:rsidR="00EF2B0A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>5-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D501D1">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="000B3CF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003F2C50">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB4E25">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>01</w:t>
             </w:r>
             <w:r w:rsidR="006F06AD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="003F2C50">
+            <w:r w:rsidR="00FB4E25">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>07</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59316C5D" w14:textId="137D6F15" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -966,51 +966,51 @@
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="682DC893" w14:textId="40F473F1" w:rsidR="00CD25C2" w:rsidRPr="00CD1144" w:rsidRDefault="006F18F5" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="000D3DA2" w:rsidRPr="004F073F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidRPr="007D714A" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00EF2B0A" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
@@ -2348,152 +2348,156 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1494299114">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2026319148">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1235698757">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="971785683">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="523442524">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="959534543">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="00085C6D"/>
     <w:rsid w:val="000B3CF7"/>
     <w:rsid w:val="000D3DA2"/>
     <w:rsid w:val="000E2ADC"/>
     <w:rsid w:val="000F0AEE"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00174ADE"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="00195807"/>
     <w:rsid w:val="001E1BA1"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="002241B7"/>
+    <w:rsid w:val="00233F09"/>
     <w:rsid w:val="00286519"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="002C0F45"/>
     <w:rsid w:val="00301E90"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E4836"/>
     <w:rsid w:val="003F2C50"/>
     <w:rsid w:val="003F6A43"/>
     <w:rsid w:val="00435F71"/>
     <w:rsid w:val="00450A8D"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="004E0B59"/>
     <w:rsid w:val="004E1159"/>
     <w:rsid w:val="004F073F"/>
     <w:rsid w:val="004F1D9B"/>
     <w:rsid w:val="00504D0A"/>
     <w:rsid w:val="0053263F"/>
     <w:rsid w:val="005F2C43"/>
     <w:rsid w:val="00610DC6"/>
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00647FB5"/>
     <w:rsid w:val="00666D6B"/>
     <w:rsid w:val="00682CD5"/>
+    <w:rsid w:val="006A3695"/>
     <w:rsid w:val="006F06AD"/>
     <w:rsid w:val="006F18F5"/>
     <w:rsid w:val="0070589E"/>
     <w:rsid w:val="00710E85"/>
     <w:rsid w:val="00717CED"/>
     <w:rsid w:val="00733397"/>
     <w:rsid w:val="00782E76"/>
     <w:rsid w:val="007840A6"/>
     <w:rsid w:val="007D714A"/>
     <w:rsid w:val="008003A3"/>
     <w:rsid w:val="00841AB7"/>
     <w:rsid w:val="008636C9"/>
     <w:rsid w:val="00876384"/>
     <w:rsid w:val="00902484"/>
     <w:rsid w:val="00904DBB"/>
     <w:rsid w:val="009379D2"/>
     <w:rsid w:val="0095347C"/>
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="009A5E2B"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
     <w:rsid w:val="009F0CA5"/>
     <w:rsid w:val="00A21C28"/>
     <w:rsid w:val="00A37C81"/>
     <w:rsid w:val="00A65481"/>
     <w:rsid w:val="00A74430"/>
     <w:rsid w:val="00AA2423"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B54B34"/>
     <w:rsid w:val="00B645B1"/>
     <w:rsid w:val="00B6616D"/>
     <w:rsid w:val="00BA3F29"/>
     <w:rsid w:val="00BE2CC3"/>
     <w:rsid w:val="00C008D2"/>
     <w:rsid w:val="00C265BA"/>
     <w:rsid w:val="00C961F8"/>
     <w:rsid w:val="00CC7655"/>
     <w:rsid w:val="00CD1144"/>
     <w:rsid w:val="00CD25C2"/>
     <w:rsid w:val="00D00322"/>
     <w:rsid w:val="00D501D1"/>
     <w:rsid w:val="00D5559D"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
     <w:rsid w:val="00E3131A"/>
     <w:rsid w:val="00E41F93"/>
     <w:rsid w:val="00EB1A82"/>
+    <w:rsid w:val="00EF2B0A"/>
     <w:rsid w:val="00F1229D"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00FA048A"/>
+    <w:rsid w:val="00FB4E25"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4042BE67"/>
@@ -3619,68 +3623,68 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>288</Words>
-  <Characters>1588</Characters>
+  <Characters>1589</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1873</CharactersWithSpaces>
+  <CharactersWithSpaces>1874</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alma Fernanda Vera Quea</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>