--- v0 (2025-11-21)
+++ v1 (2026-03-21)
@@ -4,1945 +4,1862 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidRPr="00717CED" w:rsidR="0095347C" w:rsidP="00717CED" w:rsidRDefault="009F0CA5" w14:paraId="2B2CF1CA" w14:textId="6F435A65">
+    <w:p w14:paraId="2B2CF1CA" w14:textId="6F435A65" w:rsidR="0095347C" w:rsidRPr="00717CED" w:rsidRDefault="009F0CA5" w:rsidP="00717CED">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717CED">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>METADATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009F0CA5" w:rsidR="009F0CA5" w:rsidRDefault="009F0CA5" w14:paraId="6F6FA515" w14:textId="291CF929">
+    <w:p w14:paraId="6F6FA515" w14:textId="291CF929" w:rsidR="009F0CA5" w:rsidRPr="009F0CA5" w:rsidRDefault="009F0CA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00504D0A" w:rsidP="13771385" w:rsidRDefault="009F0CA5" w14:paraId="77E11A95" w14:textId="38A817BD">
+    <w:p w14:paraId="77E11A95" w14:textId="38A817BD" w:rsidR="00504D0A" w:rsidRDefault="009F0CA5" w:rsidP="13771385">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="503866F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Metadatos del dataset</w:t>
       </w:r>
-      <w:r w:rsidRPr="503866F9" w:rsidR="00EB1A82">
+      <w:r w:rsidR="00EB1A82" w:rsidRPr="503866F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="503866F9" w:rsidR="00912D17">
+      <w:r w:rsidR="00912D17" w:rsidRPr="503866F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="503866F9" w:rsidR="00025646">
+      <w:r w:rsidR="00025646" w:rsidRPr="503866F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Lista de Precios de combustibles, diaria. </w:t>
       </w:r>
       <w:r w:rsidR="00BE5295">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidRPr="503866F9" w:rsidR="00C0B32A">
+      <w:r w:rsidR="00C0B32A" w:rsidRPr="503866F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>econstrui</w:t>
       </w:r>
-      <w:r w:rsidRPr="503866F9" w:rsidR="576C7E70">
+      <w:r w:rsidR="576C7E70" w:rsidRPr="503866F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="503866F9" w:rsidR="5D0A9537">
+      <w:r w:rsidR="5D0A9537" w:rsidRPr="503866F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="503866F9" w:rsidR="00025646">
+      <w:r w:rsidR="00025646" w:rsidRPr="503866F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> a partir de los precios </w:t>
       </w:r>
-      <w:r w:rsidRPr="503866F9" w:rsidR="7E1A9406">
+      <w:r w:rsidR="7E1A9406" w:rsidRPr="503866F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>actualizados</w:t>
       </w:r>
-      <w:r w:rsidRPr="503866F9" w:rsidR="00025646">
+      <w:r w:rsidR="00025646" w:rsidRPr="503866F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> diariamente</w:t>
       </w:r>
-      <w:r w:rsidRPr="503866F9" w:rsidR="00E713A6">
+      <w:r w:rsidR="00E713A6" w:rsidRPr="503866F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="503866F9" w:rsidR="00605F2F">
+      <w:r w:rsidR="00605F2F" w:rsidRPr="503866F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">- [Organismo Supervisor de la Inversión en </w:t>
       </w:r>
-      <w:r w:rsidRPr="503866F9" w:rsidR="00E713A6">
+      <w:r w:rsidR="00E713A6" w:rsidRPr="503866F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Energía</w:t>
       </w:r>
-      <w:r w:rsidRPr="503866F9" w:rsidR="00605F2F">
+      <w:r w:rsidR="00605F2F" w:rsidRPr="503866F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
-      <w:r w:rsidRPr="503866F9" w:rsidR="00E713A6">
+      <w:r w:rsidR="00E713A6" w:rsidRPr="503866F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Minería</w:t>
       </w:r>
-      <w:r w:rsidRPr="503866F9" w:rsidR="00912D17">
+      <w:r w:rsidR="00912D17" w:rsidRPr="503866F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> - OSINERGMIN</w:t>
       </w:r>
-      <w:r w:rsidRPr="503866F9" w:rsidR="00605F2F">
+      <w:r w:rsidR="00605F2F" w:rsidRPr="503866F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="10456" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2972"/>
         <w:gridCol w:w="7484"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00504D0A" w:rsidTr="1AAFE170" w14:paraId="30B6BD9E" w14:textId="77777777">
+      <w:tr w:rsidR="00504D0A" w14:paraId="30B6BD9E" w14:textId="77777777" w:rsidTr="1AAFE170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="2E49C04D" w14:textId="273124D6">
+          <w:p w14:paraId="2E49C04D" w14:textId="273124D6" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00962F24">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Título</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00504D0A" w:rsidP="13771385" w:rsidRDefault="00025646" w14:paraId="301BAC89" w14:textId="5B27DE43">
+          <w:p w14:paraId="301BAC89" w14:textId="5B27DE43" w:rsidR="00504D0A" w:rsidRDefault="00025646" w:rsidP="13771385">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve">Lista de Precios de combustibles, diaria. </w:t>
             </w:r>
-            <w:r w:rsidRPr="503866F9" w:rsidR="29BDEA50">
+            <w:r w:rsidR="29BDEA50" w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>Reconstruid</w:t>
             </w:r>
-            <w:r w:rsidRPr="503866F9" w:rsidR="41491B0D">
+            <w:r w:rsidR="41491B0D" w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="503866F9" w:rsidR="29BDEA50">
+            <w:r w:rsidR="29BDEA50" w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve">a partir de los precios </w:t>
             </w:r>
-            <w:r w:rsidRPr="503866F9" w:rsidR="336EF0F3">
+            <w:r w:rsidR="336EF0F3" w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve">actualizados </w:t>
             </w:r>
             <w:r w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve">diariamente </w:t>
             </w:r>
-            <w:r w:rsidRPr="503866F9" w:rsidR="22115FF0">
+            <w:r w:rsidR="22115FF0" w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve">por la empresa </w:t>
             </w:r>
-            <w:r w:rsidRPr="503866F9" w:rsidR="00E713A6">
+            <w:r w:rsidR="00E713A6" w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>- [Organismo Supervisor de la Inversión en Energía y Minería</w:t>
             </w:r>
-            <w:r w:rsidRPr="503866F9" w:rsidR="00912D17">
+            <w:r w:rsidR="00912D17" w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve"> - OSINERGMIN</w:t>
             </w:r>
-            <w:r w:rsidRPr="503866F9" w:rsidR="00E713A6">
+            <w:r w:rsidR="00E713A6" w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504D0A" w:rsidTr="1AAFE170" w14:paraId="1E2BA938" w14:textId="77777777">
+      <w:tr w:rsidR="00504D0A" w14:paraId="1E2BA938" w14:textId="77777777" w:rsidTr="1AAFE170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="17CCE901" w14:textId="235EEF53">
+          <w:p w14:paraId="17CCE901" w14:textId="235EEF53" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Título URL Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00504D0A" w:rsidP="52837D11" w:rsidRDefault="542D6EB4" w14:paraId="0AF6190C" w14:textId="3A379A46">
-[...6 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0AF6190C" w14:textId="3A379A46" w:rsidR="00504D0A" w:rsidRDefault="00AA00AE" w:rsidP="52837D11">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="R5423ae15058d42d1">
-              <w:r w:rsidRPr="52837D11" w:rsidR="752D02A8">
+            <w:hyperlink r:id="rId8">
+              <w:r w:rsidR="752D02A8" w:rsidRPr="52837D11">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                  <w:szCs w:val="22"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Lista de Precios de combustibles, diaria. Reconstruida a partir de los precios actualizados diariamente - [Organismo Supervisor de la Inversión en Energía y Minería - OSINERGMIN] | Plataforma Nacional de Datos Abiertos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504D0A" w:rsidTr="1AAFE170" w14:paraId="2EC58AEF" w14:textId="77777777">
+      <w:tr w:rsidR="00504D0A" w14:paraId="2EC58AEF" w14:textId="77777777" w:rsidTr="1AAFE170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B738A8" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="24E79BF0" w14:textId="0C1004DE">
+          <w:p w14:paraId="24E79BF0" w14:textId="0C1004DE" w:rsidR="00504D0A" w:rsidRPr="00B738A8" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7275D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5144" w:rsidP="13771385" w:rsidRDefault="210E0084" w14:paraId="3CD53A84" w14:textId="3E674371">
+          <w:p w14:paraId="3CD53A84" w14:textId="3E674371" w:rsidR="00DD5144" w:rsidRDefault="210E0084" w:rsidP="13771385">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Este dataset </w:t>
             </w:r>
-            <w:r w:rsidRPr="503866F9" w:rsidR="00E713A6">
+            <w:r w:rsidR="00E713A6" w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">muestra </w:t>
             </w:r>
-            <w:r w:rsidRPr="503866F9" w:rsidR="25B2C515">
+            <w:r w:rsidR="25B2C515" w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
-            <w:r w:rsidRPr="503866F9" w:rsidR="544D43C9">
+            <w:r w:rsidR="544D43C9" w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">a </w:t>
             </w:r>
-            <w:r w:rsidRPr="503866F9" w:rsidR="00025646">
+            <w:r w:rsidR="00025646" w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Lista de Precios de combustibles, diaria. </w:t>
             </w:r>
-            <w:r w:rsidRPr="503866F9" w:rsidR="37AFC301">
+            <w:r w:rsidR="37AFC301" w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Reconstruida </w:t>
             </w:r>
-            <w:r w:rsidRPr="503866F9" w:rsidR="00025646">
+            <w:r w:rsidR="00025646" w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">a partir de los precios </w:t>
             </w:r>
-            <w:r w:rsidRPr="503866F9" w:rsidR="16F75E0C">
+            <w:r w:rsidR="16F75E0C" w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">actualizados </w:t>
             </w:r>
-            <w:r w:rsidRPr="503866F9" w:rsidR="00025646">
+            <w:r w:rsidR="00025646" w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">diariamente </w:t>
             </w:r>
             <w:r w:rsidRPr="503866F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a nivel nacional.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E7275D" w:rsidP="00B738A8" w:rsidRDefault="00E7275D" w14:paraId="104B0373" w14:textId="77777777">
-[...8 lines deleted...]
-          <w:p w:rsidR="00DD5144" w:rsidP="00B738A8" w:rsidRDefault="00DD5144" w14:paraId="0409E6A0" w14:textId="3B3B6E7A">
+          <w:p w14:paraId="104B0373" w14:textId="77777777" w:rsidR="00E7275D" w:rsidRDefault="00E7275D" w:rsidP="00B738A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0409E6A0" w14:textId="3B3B6E7A" w:rsidR="00DD5144" w:rsidRDefault="00DD5144" w:rsidP="00B738A8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Cada registro </w:t>
             </w:r>
             <w:r w:rsidR="00122B38">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>muestra el detalle de los</w:t>
             </w:r>
             <w:r w:rsidR="00E7275D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00025646" w:rsidR="00025646">
+            <w:r w:rsidR="00025646" w:rsidRPr="00025646">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Precios de combustibles, diaria</w:t>
             </w:r>
             <w:r w:rsidR="007C68F5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DD5144" w:rsidP="00B738A8" w:rsidRDefault="00DD5144" w14:paraId="083FB8B6" w14:textId="0F9DC682">
-[...8 lines deleted...]
-          <w:p w:rsidR="00DD5144" w:rsidP="00B738A8" w:rsidRDefault="00DD5144" w14:paraId="32D51908" w14:textId="78D25D51">
+          <w:p w14:paraId="083FB8B6" w14:textId="0F9DC682" w:rsidR="00DD5144" w:rsidRDefault="00DD5144" w:rsidP="00B738A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32D51908" w14:textId="78D25D51" w:rsidR="00DD5144" w:rsidRDefault="00DD5144" w:rsidP="00B738A8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Este dataset esta caracterizado por: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DD5144" w:rsidP="79AD4D56" w:rsidRDefault="00DD5144" w14:paraId="3952F64B" w14:textId="2C19F197">
+          <w:p w14:paraId="3952F64B" w14:textId="2C19F197" w:rsidR="00DD5144" w:rsidRDefault="00DD5144" w:rsidP="79AD4D56">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="79AD4D56">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Datos del registro</w:t>
             </w:r>
-            <w:r w:rsidRPr="79AD4D56" w:rsidR="00E7275D">
+            <w:r w:rsidR="00E7275D" w:rsidRPr="79AD4D56">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: Fecha de corte</w:t>
             </w:r>
             <w:r w:rsidRPr="79AD4D56">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="007C68F5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>f</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C68F5" w:rsidR="007C68F5">
+            <w:r w:rsidR="007C68F5" w:rsidRPr="007C68F5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>echa en que el precio estuvo vigente</w:t>
             </w:r>
             <w:r w:rsidR="007C68F5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DD5144" w:rsidP="00DD5144" w:rsidRDefault="00DD5144" w14:paraId="5CAB5009" w14:textId="4C6ECA3D">
+          <w:p w14:paraId="5CAB5009" w14:textId="4C6ECA3D" w:rsidR="00DD5144" w:rsidRDefault="00DD5144" w:rsidP="00DD5144">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Datos de</w:t>
             </w:r>
             <w:r w:rsidR="007C68F5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Local de venta</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00563400">
+            <w:r w:rsidR="00563400" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nombre anonimizado del local de venta</w:t>
             </w:r>
             <w:r w:rsidR="007C68F5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00563400" w:rsidR="007C68F5" w:rsidP="00563400" w:rsidRDefault="00DD5144" w14:paraId="687F937E" w14:textId="21A5BE9C">
+          <w:p w14:paraId="687F937E" w14:textId="21A5BE9C" w:rsidR="007C68F5" w:rsidRPr="00563400" w:rsidRDefault="00DD5144" w:rsidP="00563400">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C68F5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Datos </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C68F5" w:rsidR="00E7275D">
+            <w:r w:rsidR="00E7275D" w:rsidRPr="007C68F5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>del</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C68F5" w:rsidR="007C68F5">
+            <w:r w:rsidR="007C68F5" w:rsidRPr="007C68F5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Precio Combustible</w:t>
             </w:r>
             <w:r w:rsidRPr="007C68F5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00563400">
+            <w:r w:rsidR="00563400" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">G_PREMIUM </w:t>
             </w:r>
             <w:r w:rsidR="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00563400">
+            <w:r w:rsidR="00563400" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Gasolina o gasohol </w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00C5705B">
+            <w:r w:rsidR="00C5705B" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>premium</w:t>
             </w:r>
             <w:r w:rsidR="00C5705B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00563400">
+            <w:r w:rsidR="00563400" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> G_REGULAR - Gasolina o gasohol regular</w:t>
             </w:r>
             <w:r w:rsidR="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00563400">
+            <w:r w:rsidR="00563400" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> DIESEL</w:t>
             </w:r>
             <w:r w:rsidR="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00563400">
+            <w:r w:rsidR="00563400" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Diesel</w:t>
             </w:r>
             <w:r w:rsidR="00873509">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00873509">
+            <w:r w:rsidR="00873509" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DB5-S</w:t>
             </w:r>
             <w:r w:rsidR="00873509">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00563400">
+            <w:r w:rsidR="00563400" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00873509">
+            <w:r w:rsidR="00873509" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>GNV - Gas natural vehicular</w:t>
             </w:r>
             <w:r w:rsidR="00873509">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00563400">
+            <w:r w:rsidR="00563400" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>GLP_G</w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00563400">
+            <w:r w:rsidR="00563400" w:rsidRPr="00563400">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00563400">
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00563400">
+            <w:r w:rsidR="00563400" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Gas Licuado de </w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00BE5295">
+            <w:r w:rsidR="00BE5295" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Petróleo</w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00C5705B">
+            <w:r w:rsidR="00C5705B" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00563400">
+            <w:r w:rsidR="00563400" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> granel</w:t>
             </w:r>
             <w:r w:rsidR="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00563400">
+            <w:r w:rsidR="00563400" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> GLP_E</w:t>
             </w:r>
             <w:r w:rsidR="00563400">
               <w:t xml:space="preserve"> -</w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00563400">
+            <w:r w:rsidR="00563400" w:rsidRPr="00563400">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00563400">
+            <w:r w:rsidR="00563400" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Gas Licuado de </w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00BE5295">
+            <w:r w:rsidR="00BE5295" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Petróleo</w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00563400">
+            <w:r w:rsidR="00563400" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00C5705B">
+            <w:r w:rsidR="00C5705B" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>envasado</w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00563400">
+            <w:r w:rsidR="00563400" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="001A7F95">
+            <w:r w:rsidR="001A7F95" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Balones</w:t>
             </w:r>
-            <w:r w:rsidRPr="00563400" w:rsidR="00563400">
+            <w:r w:rsidR="00563400" w:rsidRPr="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 10kg)</w:t>
             </w:r>
             <w:r w:rsidR="00563400">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="007C68F5" w:rsidR="00563400" w:rsidP="00563400" w:rsidRDefault="00563400" w14:paraId="0DBB7472" w14:textId="77777777">
+          <w:p w14:paraId="0DBB7472" w14:textId="77777777" w:rsidR="00563400" w:rsidRPr="007C68F5" w:rsidRDefault="00563400" w:rsidP="00563400">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00B738A8" w:rsidR="00DD5144" w:rsidP="37503811" w:rsidRDefault="00DD5144" w14:paraId="6B808416" w14:textId="5DB8E03E">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:cstheme="majorAscii"/>
+          <w:p w14:paraId="6B808416" w14:textId="5DB8E03E" w:rsidR="00DD5144" w:rsidRPr="00B738A8" w:rsidRDefault="00DD5144" w:rsidP="37503811">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="37503811">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Delimitador: </w:t>
             </w:r>
-            <w:r w:rsidRPr="37503811" w:rsidR="1E93E684">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:cstheme="majorAscii"/>
+            <w:r w:rsidR="1E93E684" w:rsidRPr="37503811">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
-            <w:r w:rsidRPr="37503811" w:rsidR="00DD5144">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:cstheme="majorAscii"/>
+            <w:r w:rsidRPr="37503811">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>oma (</w:t>
             </w:r>
-            <w:r w:rsidRPr="37503811" w:rsidR="3298D0E6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:cstheme="majorAscii"/>
+            <w:r w:rsidR="3298D0E6" w:rsidRPr="37503811">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="37503811" w:rsidR="00DD5144">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:cstheme="majorAscii"/>
+            <w:r w:rsidRPr="37503811">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00B738A8" w:rsidR="00DD5144" w:rsidP="00DD5144" w:rsidRDefault="00DD5144" w14:paraId="1FE8B865" w14:textId="77777777">
+          <w:p w14:paraId="1FE8B865" w14:textId="77777777" w:rsidR="00DD5144" w:rsidRPr="00B738A8" w:rsidRDefault="00DD5144" w:rsidP="00DD5144">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B738A8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Valores nulos: Representados por "nan" en algunas celdas.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DD5144" w:rsidP="00B738A8" w:rsidRDefault="00DD5144" w14:paraId="34D522BB" w14:textId="5A86D42E">
+          <w:p w14:paraId="34D522BB" w14:textId="5A86D42E" w:rsidR="00DD5144" w:rsidRDefault="00DD5144" w:rsidP="00B738A8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Formato de</w:t>
             </w:r>
             <w:r w:rsidR="00FC4798">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> codificación de caracteres del </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>archivo: UTF-8</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00B738A8" w:rsidR="00CD25C2" w:rsidP="00B738A8" w:rsidRDefault="00CD25C2" w14:paraId="1768E929" w14:textId="221F9118">
+          <w:p w14:paraId="1768E929" w14:textId="221F9118" w:rsidR="00CD25C2" w:rsidRPr="00B738A8" w:rsidRDefault="00CD25C2" w:rsidP="00B738A8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504D0A" w:rsidTr="1AAFE170" w14:paraId="283C9B4F" w14:textId="77777777">
+      <w:tr w:rsidR="00504D0A" w14:paraId="283C9B4F" w14:textId="77777777" w:rsidTr="1AAFE170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="51D63ABD" w14:textId="5D977796">
+          <w:p w14:paraId="51D63ABD" w14:textId="5D977796" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Entidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00AE2608" w:rsidR="00504D0A" w:rsidP="00AE2608" w:rsidRDefault="00FC4798" w14:paraId="391CFDAD" w14:textId="081F3A19">
+          <w:p w14:paraId="391CFDAD" w14:textId="081F3A19" w:rsidR="00504D0A" w:rsidRPr="00AE2608" w:rsidRDefault="00FC4798" w:rsidP="00AE2608">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352A3A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Organismo Supervisor de la Inversión en Energía y Minería</w:t>
             </w:r>
-            <w:r w:rsidRPr="00352A3A" w:rsidR="00AE2608">
+            <w:r w:rsidR="00AE2608" w:rsidRPr="00352A3A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00352A3A" w:rsidR="00B738A8">
+            <w:r w:rsidR="00B738A8" w:rsidRPr="00352A3A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>OSINERGMIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504D0A" w:rsidTr="1AAFE170" w14:paraId="1598F2E3" w14:textId="77777777">
+      <w:tr w:rsidR="00504D0A" w14:paraId="1598F2E3" w14:textId="77777777" w:rsidTr="1AAFE170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="4723B4D8" w14:textId="16D3A583">
+          <w:p w14:paraId="4723B4D8" w14:textId="16D3A583" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B738A8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Fuente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00352A3A" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00AE2608" w14:paraId="14AEEBCE" w14:textId="188CCAB4">
+          <w:p w14:paraId="14AEEBCE" w14:textId="188CCAB4" w:rsidR="00504D0A" w:rsidRPr="00352A3A" w:rsidRDefault="00AE2608" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352A3A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>GERENCIA DE SUPERVISIÓN DE ENERGÍA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504D0A" w:rsidTr="1AAFE170" w14:paraId="28E3066C" w14:textId="77777777">
+      <w:tr w:rsidR="00504D0A" w14:paraId="28E3066C" w14:textId="77777777" w:rsidTr="1AAFE170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="316C6F46" w14:textId="50815B45">
+          <w:p w14:paraId="316C6F46" w14:textId="50815B45" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Etiquetas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00504D0A" w:rsidP="42898426" w:rsidRDefault="00BE5295" w14:paraId="5B88C464" w14:textId="55BED4CC">
+          <w:p w14:paraId="5B88C464" w14:textId="55BED4CC" w:rsidR="00504D0A" w:rsidRDefault="00BE5295" w:rsidP="42898426">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidR="007C68F5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve">ista </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidR="007C68F5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>recios</w:t>
             </w:r>
-            <w:r w:rsidRPr="42898426" w:rsidR="7BC2EA07">
+            <w:r w:rsidR="7BC2EA07" w:rsidRPr="42898426">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidR="007C68F5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>ombustible</w:t>
             </w:r>
-            <w:r w:rsidRPr="42898426" w:rsidR="17753B58">
+            <w:r w:rsidR="17753B58" w:rsidRPr="42898426">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>v</w:t>
             </w:r>
             <w:r w:rsidR="007C68F5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>enta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504D0A" w:rsidTr="1AAFE170" w14:paraId="43175C4D" w14:textId="77777777">
+      <w:tr w:rsidR="00504D0A" w14:paraId="43175C4D" w14:textId="77777777" w:rsidTr="1AAFE170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="12BAD6F9" w14:textId="0D974740">
+          <w:p w14:paraId="12BAD6F9" w14:textId="0D974740" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Fecha de creación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00873509" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00AE2608" w14:paraId="71ED991A" w14:textId="73120718">
+          <w:p w14:paraId="71ED991A" w14:textId="73120718" w:rsidR="00504D0A" w:rsidRPr="00873509" w:rsidRDefault="00AE2608" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00873509">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>2024-05-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00873509" w:rsidR="00E7275D">
+            <w:r w:rsidR="00E7275D" w:rsidRPr="00873509">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00873509" w:rsidR="00BE5295">
+            <w:r w:rsidR="00BE5295" w:rsidRPr="00873509">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504D0A" w:rsidTr="1AAFE170" w14:paraId="011842A8" w14:textId="77777777">
+      <w:tr w:rsidR="00504D0A" w14:paraId="011842A8" w14:textId="77777777" w:rsidTr="1AAFE170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="35EB519A" w14:textId="7F952C47">
+          <w:p w14:paraId="35EB519A" w14:textId="7F952C47" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Frecuencia de actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00873509" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00E7275D" w14:paraId="234AA13C" w14:textId="0986E698">
+          <w:p w14:paraId="234AA13C" w14:textId="0986E698" w:rsidR="00504D0A" w:rsidRPr="00873509" w:rsidRDefault="00E7275D" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00873509">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Mensual</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidTr="1AAFE170" w14:paraId="2C94159F" w14:textId="77777777">
+      <w:tr w:rsidR="00CD25C2" w14:paraId="2C94159F" w14:textId="77777777" w:rsidTr="1AAFE170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="4C1DE0E1" w14:textId="18D08B51">
+          <w:p w14:paraId="4C1DE0E1" w14:textId="18D08B51" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00873509" w:rsidR="00CD25C2" w:rsidP="5F102613" w:rsidRDefault="00AE2608" w14:paraId="1B051219" w14:textId="05B9A19E">
-[...33 lines deleted...]
-              <w:t>29</w:t>
+          <w:p w14:paraId="1B051219" w14:textId="01C92921" w:rsidR="00CD25C2" w:rsidRPr="00873509" w:rsidRDefault="00AA00AE" w:rsidP="5F102613">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>2026-03-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidTr="1AAFE170" w14:paraId="3F74AE2E" w14:textId="77777777">
+      <w:tr w:rsidR="00CD25C2" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="1AAFE170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="59316C5D" w14:textId="137D6F15">
+          <w:p w14:paraId="59316C5D" w14:textId="137D6F15" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Versión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00AE2608" w14:paraId="682DC893" w14:textId="70E735ED">
+          <w:p w14:paraId="682DC893" w14:textId="70E735ED" w:rsidR="00CD25C2" w:rsidRDefault="00AE2608" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00B738A8" w:rsidR="00CD25C2" w:rsidTr="1AAFE170" w14:paraId="7EBCCDEC" w14:textId="77777777">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00B738A8" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="1AAFE170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="083F45C8" w14:textId="4E1B2523">
+          <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00B738A8" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00873509" w14:paraId="2A8300A7" w14:textId="2B67E942">
+          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRPr="00B738A8" w:rsidRDefault="00AA00AE" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink w:history="1" r:id="rId8">
-              <w:r w:rsidRPr="009F0CA5" w:rsidR="00CD25C2">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="00CD25C2" w:rsidRPr="009F0CA5">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:color w:val="0A77BD"/>
                   <w:kern w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidTr="1AAFE170" w14:paraId="50813B98" w14:textId="77777777">
+      <w:tr w:rsidR="00CD25C2" w14:paraId="50813B98" w14:textId="77777777" w:rsidTr="1AAFE170">
         <w:trPr>
           <w:trHeight w:val="623"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="78F51BD0" w14:textId="026C8583">
+          <w:p w14:paraId="78F51BD0" w14:textId="026C8583" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Idioma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="00A83837" w14:textId="4C6C4345">
+          <w:p w14:paraId="00A83837" w14:textId="4C6C4345" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>Español</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidTr="1AAFE170" w14:paraId="1117E997" w14:textId="77777777">
+      <w:tr w:rsidR="00CD25C2" w14:paraId="1117E997" w14:textId="77777777" w:rsidTr="1AAFE170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="1CADEF4B" w14:textId="184AA53E">
+          <w:p w14:paraId="1CADEF4B" w14:textId="184AA53E" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Nivel de acceso público</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
-            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="64FB206D" w14:textId="705D940B">
+          <w:p w14:paraId="64FB206D" w14:textId="705D940B" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>Público</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidTr="1AAFE170" w14:paraId="7E0D1F8D" w14:textId="77777777">
+      <w:tr w:rsidR="00CD25C2" w14:paraId="7E0D1F8D" w14:textId="77777777" w:rsidTr="1AAFE170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="44582A03" w14:textId="175F5ABC">
+          <w:p w14:paraId="44582A03" w14:textId="175F5ABC" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Tipo de recurso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="203A77A8" w14:textId="328AECF8">
+          <w:p w14:paraId="203A77A8" w14:textId="328AECF8" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Dataset</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidTr="1AAFE170" w14:paraId="002B4018" w14:textId="77777777">
+      <w:tr w:rsidR="00CD25C2" w14:paraId="002B4018" w14:textId="77777777" w:rsidTr="1AAFE170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00504D0A" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="7C20EDCE" w14:textId="0318ABEF">
+          <w:p w14:paraId="7C20EDCE" w14:textId="0318ABEF" w:rsidR="00CD25C2" w:rsidRPr="00504D0A" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00504D0A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Formato</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="4E46760A" w14:textId="1FBB55B3">
+          <w:p w14:paraId="4E46760A" w14:textId="1FBB55B3" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>CSV</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidTr="1AAFE170" w14:paraId="7A5EEEA5" w14:textId="77777777">
+      <w:tr w:rsidR="00CD25C2" w14:paraId="7A5EEEA5" w14:textId="77777777" w:rsidTr="1AAFE170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="14C8EAEF" w14:textId="0A3D3873">
+          <w:p w14:paraId="14C8EAEF" w14:textId="0A3D3873" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">Cobertura </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00CD25C2" w:rsidP="54A5B6AC" w:rsidRDefault="00AE2608" w14:paraId="29A0014F" w14:textId="40B6D134">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:cstheme="majorAscii"/>
+          <w:p w14:paraId="29A0014F" w14:textId="12882F50" w:rsidR="00CD25C2" w:rsidRDefault="00AE2608" w:rsidP="54A5B6AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1AAFE170">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>Perú,</w:t>
             </w:r>
-            <w:r w:rsidRPr="1AAFE170" w:rsidR="756C28DA">
-[...21 lines deleted...]
-              <w:t>2024</w:t>
+            <w:r w:rsidR="00AA00AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>03-2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidTr="1AAFE170" w14:paraId="494AA20C" w14:textId="77777777">
+      <w:tr w:rsidR="00CD25C2" w14:paraId="494AA20C" w14:textId="77777777" w:rsidTr="1AAFE170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00CD25C2" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="6E758B40" w14:textId="2431496E">
+          <w:p w14:paraId="6E758B40" w14:textId="2431496E" w:rsidR="00CD25C2" w:rsidRPr="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD25C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Correo de contacto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
-            <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidR="00CD25C2" w:rsidP="52837D11" w:rsidRDefault="00873509" w14:paraId="4E87C2D7" w14:textId="2199939E">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:cstheme="majorAscii"/>
+          <w:p w14:paraId="4E87C2D7" w14:textId="2199939E" w:rsidR="00CD25C2" w:rsidRDefault="791997F6" w:rsidP="52837D11">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52837D11">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>cachirinos@osinergmin.gob.pe</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009F0CA5" w:rsidP="00DA6578" w:rsidRDefault="009F0CA5" w14:paraId="0E6576BC" w14:textId="2476AD3F">
+    <w:p w14:paraId="0E6576BC" w14:textId="2476AD3F" w:rsidR="009F0CA5" w:rsidRDefault="009F0CA5" w:rsidP="00DA6578">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009F0CA5" w:rsidSect="003E4836">
-      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -1961,260 +1878,260 @@
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03562429"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AD0C11E0"/>
     <w:lvl w:ilvl="0" w:tplc="59D49F52">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="280A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="280A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A611634"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4B0CD6E"/>
     <w:lvl w:ilvl="0" w:tplc="280A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="280A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="280A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="350F3368"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51EEB210"/>
     <w:lvl w:ilvl="0" w:tplc="280A0011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2275,287 +2192,287 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="280A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EBE533C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F7A03BD0"/>
     <w:lvl w:ilvl="0" w:tplc="59D49F52">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="280A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="280A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="629F27C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="351CFA60"/>
     <w:lvl w:ilvl="0" w:tplc="EAAA32F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E3AE4A84" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="02DAA2DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FD3EED54" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="4AC264CA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="349CD696" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="C5F87778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="A156F602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6D2A5EE2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64334537"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51EEB210"/>
     <w:lvl w:ilvl="0" w:tplc="280A0011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2620,202 +2537,201 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="692C13A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4578769E"/>
     <w:lvl w:ilvl="0" w:tplc="001A3786">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="85AEFB0E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="F6F01330" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="7A720BBE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FDDECD4E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="E60013BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="851638C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="715C65D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="EDB4C7D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="00025646"/>
     <w:rsid w:val="000E6384"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00122B38"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="001A6568"/>
     <w:rsid w:val="001A7F95"/>
     <w:rsid w:val="00200191"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="002603FB"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="00306482"/>
@@ -2838,50 +2754,51 @@
     <w:rsid w:val="00605F2F"/>
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00647FB5"/>
     <w:rsid w:val="0067006F"/>
     <w:rsid w:val="00682CD5"/>
     <w:rsid w:val="006B3635"/>
     <w:rsid w:val="0070589E"/>
     <w:rsid w:val="00717CED"/>
     <w:rsid w:val="00742DA0"/>
     <w:rsid w:val="007733F8"/>
     <w:rsid w:val="007840A6"/>
     <w:rsid w:val="007C68F5"/>
     <w:rsid w:val="00873509"/>
     <w:rsid w:val="00876384"/>
     <w:rsid w:val="008E34A5"/>
     <w:rsid w:val="00904DBB"/>
     <w:rsid w:val="00912D17"/>
     <w:rsid w:val="009379D2"/>
     <w:rsid w:val="0095347C"/>
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
     <w:rsid w:val="009F0CA5"/>
     <w:rsid w:val="009F4B8C"/>
     <w:rsid w:val="00A344E5"/>
+    <w:rsid w:val="00AA00AE"/>
     <w:rsid w:val="00AE2608"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B6616D"/>
     <w:rsid w:val="00B738A8"/>
     <w:rsid w:val="00B958F2"/>
     <w:rsid w:val="00BE2CC3"/>
     <w:rsid w:val="00BE5295"/>
     <w:rsid w:val="00C0B32A"/>
     <w:rsid w:val="00C5705B"/>
     <w:rsid w:val="00C961F8"/>
     <w:rsid w:val="00CD25C2"/>
     <w:rsid w:val="00D00322"/>
     <w:rsid w:val="00D353DD"/>
     <w:rsid w:val="00D505D8"/>
     <w:rsid w:val="00D5492D"/>
     <w:rsid w:val="00D5559D"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
     <w:rsid w:val="00DB5663"/>
     <w:rsid w:val="00DD5144"/>
     <w:rsid w:val="00E713A6"/>
     <w:rsid w:val="00E7275D"/>
     <w:rsid w:val="00EB1A82"/>
     <w:rsid w:val="00ED2A96"/>
     <w:rsid w:val="00F1229D"/>
@@ -2981,129 +2898,129 @@
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4042BE67"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{21A38796-FE20-4F81-96E3-6C3D7A2F0396}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-PE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3259,52 +3176,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -3371,153 +3288,153 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DA6578"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablanormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Sinlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F0CA5"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F0CA5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="009F0CA5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F0CA5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-PE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="009F0CA5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-PE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Textoennegrita">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00B738A8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="903294070">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
@@ -3802,51 +3719,52 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2052068829">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://opendefinition.org/licenses/odc-by/" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.datosabiertos.gob.pe/dataset/lista-de-precios-de-combustibles-diaria-reconstruida-partir-de-los-precios-actualizados" TargetMode="External" Id="R5423ae15058d42d1" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.datosabiertos.gob.pe/dataset/lista-de-precios-de-combustibles-diaria-reconstruida-partir-de-los-precios-actualizados" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://opendefinition.org/licenses/odc-by/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4079,70 +3997,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100E33018928C12AB4C815E65B00AC4F34F" ma:contentTypeVersion="16" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="b525cb838ca0d8f48569f7099a11e914">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b83fe1c5-bc10-42de-808f-80506cdae863" xmlns:ns3="778c2449-8873-4133-9a42-f88028819483" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5dc293f657ba62e89a77d00671a8dfa6" ns2:_="" ns3:_="">
     <xsd:import namespace="b83fe1c5-bc10-42de-808f-80506cdae863"/>
     <xsd:import namespace="778c2449-8873-4133-9a42-f88028819483"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -4327,86 +4225,128 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b83fe1c5-bc10-42de-808f-80506cdae863">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="778c2449-8873-4133-9a42-f88028819483" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0536336A-A996-4B93-93B3-82B7E0E13D56}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C3D6D9E-A3A5-4545-B485-7030B8918BB8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="b83fe1c5-bc10-42de-808f-80506cdae863"/>
+    <ds:schemaRef ds:uri="778c2449-8873-4133-9a42-f88028819483"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9460BCB-72DF-424C-8159-F8489EA7170A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="b83fe1c5-bc10-42de-808f-80506cdae863"/>
     <ds:schemaRef ds:uri="778c2449-8873-4133-9a42-f88028819483"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C3D6D9E-A3A5-4545-B485-7030B8918BB8}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0536336A-A996-4B93-93B3-82B7E0E13D56}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>333</Words>
+  <Characters>1835</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>2164</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alma Fernanda Vera Quea</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>Angelo Wilfredo Arambulo Figueroa</lastModifiedBy>
-  <revision>20</revision>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100E33018928C12AB4C815E65B00AC4F34F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>