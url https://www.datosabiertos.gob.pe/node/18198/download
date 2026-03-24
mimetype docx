--- v0 (2025-11-12)
+++ v1 (2026-03-24)
@@ -232,51 +232,51 @@
           <w:p w14:paraId="17CCE901" w14:textId="235EEF53" w:rsidR="00425B50" w:rsidRDefault="00425B50" w:rsidP="00425B50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Título URL Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7514CFB2" w14:textId="5B13AE29" w:rsidR="009053A8" w:rsidRDefault="004D018D" w:rsidP="00E20BBD">
+          <w:p w14:paraId="7514CFB2" w14:textId="5B13AE29" w:rsidR="009053A8" w:rsidRDefault="00233062" w:rsidP="00E20BBD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidR="00E20BBD" w:rsidRPr="00701499">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 </w:rPr>
                 <w:t>https://www.datosabiertos.gob.pe/dataset/registro-de-campa%C3%B1as-veterinarias-de-la-municipalidad-distrital-del-chorrillos-mdch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="0AF6190C" w14:textId="17ECDE32" w:rsidR="00E20BBD" w:rsidRDefault="00E20BBD" w:rsidP="00E20BBD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00425B50" w14:paraId="2EC58AEF" w14:textId="77777777" w:rsidTr="00893693">
@@ -945,85 +945,91 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="1C5B3008" w:rsidR="00425B50" w:rsidRDefault="00A313F4" w:rsidP="0068454D">
+          <w:p w14:paraId="1B051219" w14:textId="36613D4E" w:rsidR="00425B50" w:rsidRDefault="00A313F4" w:rsidP="0068454D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>2024-0</w:t>
-[...5 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00233062">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00C11913">
-[...3 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="00233062">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00233062">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00425B50" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59316C5D" w14:textId="137D6F15" w:rsidR="00425B50" w:rsidRDefault="00425B50" w:rsidP="00425B50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1064,51 +1070,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00425B50" w:rsidRDefault="004D018D" w:rsidP="00425B50">
+          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00425B50" w:rsidRDefault="00233062" w:rsidP="00425B50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:history="1">
               <w:r w:rsidR="00425B50" w:rsidRPr="009F0CA5">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:color w:val="0A77BD"/>
                   <w:kern w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00425B50" w14:paraId="50813B98" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -1302,97 +1308,97 @@
           <w:p w14:paraId="14C8EAEF" w14:textId="0A3D3873" w:rsidR="00425B50" w:rsidRDefault="00425B50" w:rsidP="00425B50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">Cobertura </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29A0014F" w14:textId="1BCBA9CC" w:rsidR="00425B50" w:rsidRDefault="00893693" w:rsidP="00893693">
+          <w:p w14:paraId="29A0014F" w14:textId="173792E2" w:rsidR="00425B50" w:rsidRDefault="00893693" w:rsidP="00893693">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Perú</w:t>
             </w:r>
             <w:r w:rsidR="00760C8D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>, Lima,</w:t>
             </w:r>
             <w:r w:rsidR="00F42BC2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Lima,</w:t>
             </w:r>
             <w:r w:rsidR="00760C8D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Chorrillos -</w:t>
             </w:r>
             <w:r w:rsidR="004D64A0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00760C8D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="004D64A0">
-[...3 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00233062">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00425B50" w14:paraId="494AA20C" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E758B40" w14:textId="2431496E" w:rsidR="00425B50" w:rsidRPr="00CD25C2" w:rsidRDefault="00425B50" w:rsidP="00425B50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD25C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Correo de contacto</w:t>
             </w:r>
@@ -2163,69 +2169,70 @@
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="000416EB"/>
     <w:rsid w:val="000B199C"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="0020585A"/>
+    <w:rsid w:val="00233062"/>
     <w:rsid w:val="00281D8F"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="002A730A"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="00311010"/>
     <w:rsid w:val="00350DA0"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E4836"/>
     <w:rsid w:val="00425B50"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="004B716F"/>
     <w:rsid w:val="004D018D"/>
     <w:rsid w:val="004D64A0"/>
     <w:rsid w:val="004F1D9B"/>
     <w:rsid w:val="00504D0A"/>
     <w:rsid w:val="0053263F"/>
     <w:rsid w:val="005B35B6"/>
     <w:rsid w:val="005C48D9"/>
     <w:rsid w:val="005F2C43"/>
     <w:rsid w:val="005F7490"/>
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00647FB5"/>
     <w:rsid w:val="00682CD5"/>
     <w:rsid w:val="0068454D"/>