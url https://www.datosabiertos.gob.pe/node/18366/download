--- v0 (2026-02-07)
+++ v1 (2026-03-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2B2CF1CA" w14:textId="6F435A65" w:rsidR="0095347C" w:rsidRPr="0069583E" w:rsidRDefault="009F0CA5" w:rsidP="00717CED">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0069583E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>METADATOS</w:t>
       </w:r>
     </w:p>
@@ -1202,155 +1202,155 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C1DE0E1" w14:textId="18D08B51" w:rsidR="0014713A" w:rsidRPr="000108F9" w:rsidRDefault="0014713A" w:rsidP="0014713A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000108F9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="49E60B45" w:rsidR="0014713A" w:rsidRPr="000108F9" w:rsidRDefault="00274610" w:rsidP="0014713A">
-[...15 lines deleted...]
-              <w:t>18</w:t>
+          <w:p w14:paraId="1B051219" w14:textId="55C0D67E" w:rsidR="0014713A" w:rsidRPr="000108F9" w:rsidRDefault="00274610" w:rsidP="0014713A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000108F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00E73D6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>6-01-19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009211C3" w:rsidRPr="000108F9" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="00E754BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59316C5D" w14:textId="137D6F15" w:rsidR="009211C3" w:rsidRPr="000108F9" w:rsidRDefault="009211C3" w:rsidP="009211C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000108F9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Versión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="682DC893" w14:textId="05CD5C6B" w:rsidR="009211C3" w:rsidRPr="000108F9" w:rsidRDefault="009211C3" w:rsidP="009211C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000108F9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009211C3" w:rsidRPr="005040FC" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00E754BA">
+      <w:tr w:rsidR="009211C3" w:rsidRPr="00E73D6A" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00E754BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="009211C3" w:rsidRPr="000108F9" w:rsidRDefault="009211C3" w:rsidP="009211C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000108F9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="009211C3" w:rsidRPr="000108F9" w:rsidRDefault="00000000" w:rsidP="009211C3">
+          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="009211C3" w:rsidRPr="000108F9" w:rsidRDefault="009211C3" w:rsidP="009211C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:history="1">
-              <w:r w:rsidR="009211C3" w:rsidRPr="000108F9">
+              <w:r w:rsidRPr="000108F9">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0A77BD"/>
                   <w:kern w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009211C3" w:rsidRPr="000108F9" w14:paraId="50813B98" w14:textId="77777777" w:rsidTr="00E754BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78F51BD0" w14:textId="026C8583" w:rsidR="009211C3" w:rsidRPr="000108F9" w:rsidRDefault="009211C3" w:rsidP="009211C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
@@ -1615,142 +1615,142 @@
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E758B40" w14:textId="2431496E" w:rsidR="009211C3" w:rsidRPr="000108F9" w:rsidRDefault="009211C3" w:rsidP="009211C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000108F9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Correo de contacto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E87C2D7" w14:textId="2DE1B44E" w:rsidR="00E84175" w:rsidRPr="000108F9" w:rsidRDefault="00000000" w:rsidP="009211C3">
+          <w:p w14:paraId="4E87C2D7" w14:textId="2DE1B44E" w:rsidR="00E84175" w:rsidRPr="000108F9" w:rsidRDefault="00E84175" w:rsidP="009211C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
-              <w:r w:rsidR="00E84175" w:rsidRPr="000108F9">
+              <w:r w:rsidRPr="000108F9">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 </w:rPr>
                 <w:t>soporte@sis.gob.pe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E6576BC" w14:textId="2476AD3F" w:rsidR="009F0CA5" w:rsidRPr="0069583E" w:rsidRDefault="009F0CA5" w:rsidP="00DA6578">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49B0D1AC" w14:textId="77777777" w:rsidR="005C06DE" w:rsidRPr="0069583E" w:rsidRDefault="005C06DE" w:rsidP="00DA6578">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005C06DE" w:rsidRPr="0069583E" w:rsidSect="00FA6435">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A611634"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4B0CD6E"/>
     <w:lvl w:ilvl="0" w:tplc="280A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2529,69 +2529,69 @@
   <w:num w:numId="1" w16cid:durableId="1199514152">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2007395002">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="883178128">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="444233560">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="576213745">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2065563755">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1120490363">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="000108F9"/>
     <w:rsid w:val="000A6468"/>
     <w:rsid w:val="000B7304"/>
+    <w:rsid w:val="000F0478"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="0013661A"/>
     <w:rsid w:val="0014713A"/>
     <w:rsid w:val="00173C75"/>
     <w:rsid w:val="00176FE2"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="00186C23"/>
     <w:rsid w:val="001A62A3"/>
     <w:rsid w:val="001B765E"/>
     <w:rsid w:val="001D288D"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="00207F7B"/>
     <w:rsid w:val="0024432F"/>
     <w:rsid w:val="00274610"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="002F14F3"/>
     <w:rsid w:val="003055A2"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="00322149"/>
     <w:rsid w:val="00333B1E"/>
     <w:rsid w:val="003347D3"/>
     <w:rsid w:val="00362822"/>
     <w:rsid w:val="00386F65"/>
     <w:rsid w:val="003B31CD"/>
     <w:rsid w:val="003D0AF5"/>
@@ -2674,99 +2674,100 @@
     <w:rsid w:val="00B203EC"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B5036C"/>
     <w:rsid w:val="00B6616D"/>
     <w:rsid w:val="00B94AF0"/>
     <w:rsid w:val="00BE2CC3"/>
     <w:rsid w:val="00BF0460"/>
     <w:rsid w:val="00C201B4"/>
     <w:rsid w:val="00C961F8"/>
     <w:rsid w:val="00CD25C2"/>
     <w:rsid w:val="00CF4A2C"/>
     <w:rsid w:val="00CF6EB6"/>
     <w:rsid w:val="00D00322"/>
     <w:rsid w:val="00D1453B"/>
     <w:rsid w:val="00D221AF"/>
     <w:rsid w:val="00D31D6C"/>
     <w:rsid w:val="00D5559D"/>
     <w:rsid w:val="00D56BB2"/>
     <w:rsid w:val="00D86FB1"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
     <w:rsid w:val="00E104F6"/>
     <w:rsid w:val="00E33759"/>
     <w:rsid w:val="00E54824"/>
     <w:rsid w:val="00E72F3B"/>
+    <w:rsid w:val="00E73D6A"/>
     <w:rsid w:val="00E754BA"/>
     <w:rsid w:val="00E81EB9"/>
     <w:rsid w:val="00E84175"/>
     <w:rsid w:val="00EA0DCC"/>
     <w:rsid w:val="00EB1A82"/>
     <w:rsid w:val="00EB6A12"/>
     <w:rsid w:val="00ED109D"/>
     <w:rsid w:val="00EE1FAC"/>
     <w:rsid w:val="00F1229D"/>
     <w:rsid w:val="00F137F7"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00F82BC8"/>
     <w:rsid w:val="00F82E15"/>
     <w:rsid w:val="00F96E91"/>
     <w:rsid w:val="00FA048A"/>
     <w:rsid w:val="00FA6435"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4042BE67"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{21A38796-FE20-4F81-96E3-6C3D7A2F0396}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-PE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3224,66 +3225,66 @@
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-PE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="009F0CA5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-PE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00D86FB1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="903294070">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1137454505">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>