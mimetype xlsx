--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -1,521 +1,1216 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
+  <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
+  <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
+  <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
+  <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27628"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\OPEN DATA\DICCIONARIO\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\DatosAbiertos\202508\PARTOS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E35B4239-83DA-4C8F-9911-CECA3854A1EF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{05AA5EFB-74E3-4FFB-8C18-86C20CEB89C1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{8FB7A556-ECDB-4209-B4E1-66CB754770F6}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="971" activeTab="4" xr2:uid="{AE276E37-DBEB-4E81-A1D3-AAD3A8D4A35A}"/>
   </bookViews>
   <sheets>
-    <sheet name="DiccionarioDatos" sheetId="2" r:id="rId1"/>
+    <sheet name="ÍNDICE" sheetId="2" r:id="rId1"/>
+    <sheet name="Prestaciones" sheetId="1" r:id="rId2"/>
+    <sheet name="Diagnósticos" sheetId="3" r:id="rId3"/>
+    <sheet name="Procedimiento" sheetId="4" r:id="rId4"/>
+    <sheet name="Insumos" sheetId="8" r:id="rId5"/>
+    <sheet name="Medicamento" sheetId="7" r:id="rId6"/>
+    <sheet name="Catálogos_diagnóstico" sheetId="6" r:id="rId7"/>
+    <sheet name="Catálogos_Procedimientos" sheetId="11" r:id="rId8"/>
+    <sheet name="Catálogos_Insumos" sheetId="9" r:id="rId9"/>
+    <sheet name="Catálogos_Medicamentos" sheetId="10" r:id="rId10"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
+<metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
+  <metadataTypes count="1">
+    <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
+  </metadataTypes>
+  <futureMetadata name="XLRICHVALUE" count="1">
+    <bk>
+      <extLst>
+        <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
+          <xlrd:rvb i="0"/>
+        </ext>
+      </extLst>
+    </bk>
+  </futureMetadata>
+  <valueMetadata count="1">
+    <bk>
+      <rc t="1" v="0"/>
+    </bk>
+  </valueMetadata>
+</metadata>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="336" uniqueCount="149">
   <si>
     <t>Variable</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Tipo de dato</t>
   </si>
   <si>
     <t>Tamaño</t>
   </si>
   <si>
     <t>Recurso relacionado</t>
   </si>
   <si>
     <t xml:space="preserve">Información Adicional </t>
   </si>
   <si>
+    <t>FECHA_CORTE</t>
+  </si>
+  <si>
+    <t>Día en que se generó el dataset</t>
+  </si>
+  <si>
     <t>Numérico</t>
   </si>
   <si>
+    <t>Formato: aaaammdd</t>
+  </si>
+  <si>
+    <t>CODIGO_ANONIMIZADO</t>
+  </si>
+  <si>
+    <t>Identificador Anonimizado del afiliado</t>
+  </si>
+  <si>
     <t>Alfanumérico</t>
   </si>
   <si>
+    <t>SEXO</t>
+  </si>
+  <si>
+    <t>Sexo del afiliado: Femenino, Masculino</t>
+  </si>
+  <si>
     <t>Texto</t>
   </si>
   <si>
+    <t>ID_REGISTRO_REL</t>
+  </si>
+  <si>
+    <t>Número para poder relacionar los consumos asociados a una misma atención.</t>
+  </si>
+  <si>
+    <t>FECHA_ATENCION</t>
+  </si>
+  <si>
+    <t>Fecha de la atención</t>
+  </si>
+  <si>
     <t>EDAD</t>
   </si>
   <si>
+    <t>Edad del afiliado a la fecha de la atención</t>
+  </si>
+  <si>
+    <t>UBIGEO</t>
+  </si>
+  <si>
+    <t>Ubigeo del establecimiento donde se realizó la atención</t>
+  </si>
+  <si>
+    <t>Catalogo INEI</t>
+  </si>
+  <si>
+    <t>DEPARTAMENTO</t>
+  </si>
+  <si>
+    <t>Departamento del establecimiento donde se realizó la atención</t>
+  </si>
+  <si>
+    <t>PROVINCIA</t>
+  </si>
+  <si>
+    <t>Provincia del establecimiento donde se realizó la atención</t>
+  </si>
+  <si>
+    <t>DISTRITO</t>
+  </si>
+  <si>
+    <t>Distrito del establecimiento donde se realizó la atención</t>
+  </si>
+  <si>
+    <t>NIVEL_EESS</t>
+  </si>
+  <si>
+    <t>Nivel del establecimiento de la atención.</t>
+  </si>
+  <si>
+    <t>Registro Nacional de Instituciones Prestadoras de Servicios de Salud (RENIPRESS)</t>
+  </si>
+  <si>
+    <t>CODIGO_SERV_PRESTACIONAL</t>
+  </si>
+  <si>
+    <t>Código del servicio de la atención</t>
+  </si>
+  <si>
+    <t>SERVICIO_PRESTACIONAL</t>
+  </si>
+  <si>
+    <t>Denominación del servicio de la atención</t>
+  </si>
+  <si>
     <t>DIAS_HOSP</t>
   </si>
   <si>
-    <t>FECHA_CORTE</t>
-[...52 lines deleted...]
-  <si>
     <t>Día(s) de hospitalización registrados en la atención</t>
   </si>
   <si>
-    <t>Nivel del establecimiento de la atención.</t>
-[...2 lines deleted...]
-    <t>NIVEL_EESS</t>
+    <t>Campos</t>
+  </si>
+  <si>
+    <t>ULTIMO_MES_CONSUMOS</t>
+  </si>
+  <si>
+    <t>Indica hasta que período (año y mes) se incluyen las atenciones, según la fecha de atención.</t>
+  </si>
+  <si>
+    <t>Formato: aaaamm</t>
   </si>
   <si>
     <t>CODDIA</t>
   </si>
   <si>
     <t>Código de Diagnóstico de la atención</t>
   </si>
   <si>
+    <t>TIPO_DIAGNOSTICO</t>
+  </si>
+  <si>
+    <t>Tipo de diagnóstico (Definitivo, Repetido, Presuntivo)</t>
+  </si>
+  <si>
+    <t>Regresar</t>
+  </si>
+  <si>
+    <t>CANTIDAD_ENTREGADA</t>
+  </si>
+  <si>
+    <t>Cantidad entregada del medicamento, procedimiento o insumo</t>
+  </si>
+  <si>
+    <t>VALOR_NETO</t>
+  </si>
+  <si>
+    <t>Valor reconocido por el SIS del consumo de la atención. Expresada en moneda peruana llamada sol</t>
+  </si>
+  <si>
+    <t>Ejemplo:   100.67</t>
+  </si>
+  <si>
     <t>C10_NOMBRE</t>
   </si>
   <si>
-    <t>Descripción del Diagnóstico de la atención</t>
+    <t>Código CIE-10 del diagnóstico (Clasificación Internacional de Enfermedades, 10ª revisión)</t>
+  </si>
+  <si>
+    <t>Nombre o descripción del diagnóstico correspondiente al código CIE-10</t>
+  </si>
+  <si>
+    <t>Resolución Jefatural N.° 001-2018/SIS</t>
+  </si>
+  <si>
+    <t>SI/NO</t>
+  </si>
+  <si>
+    <t>ES_CAPITA</t>
+  </si>
+  <si>
+    <t>Indica si la modalidad de financiamiento de la atención es por transferencia de un monto fijo anticipado por persona afiliada (Cápita). Cuando es una FUA cápita el valor de los consumos se registra como cero (0).</t>
+  </si>
+  <si>
+    <t>RELACIONES CON TRAMAS DEPENDIENTES:</t>
+  </si>
+  <si>
+    <t>Trama Dependiente</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Clasificación Internacional de Enfermedades 10° (CIE-10)</t>
   </si>
   <si>
     <t>Clasificación Internacional de Enfermedades 10° (CIE-10)</t>
   </si>
   <si>
-    <t>TIPO_DIAGNOSTICO</t>
-[...41 lines deleted...]
-    <t>FECHA_ATENCION</t>
+    <t>RELACIONES CON CATÁLOGOS</t>
+  </si>
+  <si>
+    <t>Catálogos</t>
+  </si>
+  <si>
+    <t>Catalogo_Diagnostico</t>
+  </si>
+  <si>
+    <t>Catalogo_Procedimiento</t>
+  </si>
+  <si>
+    <t>Catalogo_Insumo</t>
+  </si>
+  <si>
+    <t>Catalogo_Medicamento</t>
+  </si>
+  <si>
+    <t>Entiéndase por consumo y su codificación: Medicamentos (SISMED)</t>
+  </si>
+  <si>
+    <t>TRAMAS:</t>
+  </si>
+  <si>
+    <t>CATÁLOGOS:</t>
+  </si>
+  <si>
+    <t>PRESENTACIÓN</t>
+  </si>
+  <si>
+    <t>CONCENTRACIÓN</t>
+  </si>
+  <si>
+    <t>FORMA FARMACEUTICA</t>
+  </si>
+  <si>
+    <t>Código del procedimiento o prestación según el Catálogo CPMS (Catálogo de Prestaciones Médicas de Salud). Es un identificador numérico o alfanumérico único.</t>
+  </si>
+  <si>
+    <t>Descripción del procedimiento o prestación médica correspondiente al código CPMS.</t>
+  </si>
+  <si>
+    <t>Contiene el listado de diagnósticos, codificados en CIE-10. Incluye código, nombre del diagnóstico.</t>
+  </si>
+  <si>
+    <t>Lista los procedimientos médicos o clínicos estandarizados, con su código (CPMS) y nombre.</t>
+  </si>
+  <si>
+    <t>Incluye todos los insumos médicos disponibles (tiras reactivas, jeringas, agujas, etc.) con código, nombre, presentación, forma farmacéutica, etc.</t>
+  </si>
+  <si>
+    <t>Contiene los medicamentos registrados, incluyendo nombre comercial y genérico, concentración, forma farmacéutica, código y presentación.</t>
+  </si>
+  <si>
+    <t>Nombre del  medicamento, puede ser nombre genérico o comercial.</t>
+  </si>
+  <si>
+    <t>Forma de presentación comercial del producto (ej. caja x 30 tabletas, frasco, ampolla).</t>
+  </si>
+  <si>
+    <t>Cantidad del principio activo en una unidad (ej. 500 mg, 100 UI/mL).</t>
+  </si>
+  <si>
+    <t>Forma física del medicamento  (ej. tableta, solución, crema, polvo, suspensión).</t>
+  </si>
+  <si>
+    <t>Código único del  medicamento, según un catálogo oficial (ej. SISMED).</t>
+  </si>
+  <si>
+    <r>
+      <t>CATÁLOGO : </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Diagnóstico</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>CATÁLOGO : </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Insumos</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>CATÁLOGO : </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Medicamentos</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>CATÁLOGO :</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t> Procedimientos</t>
+    </r>
+  </si>
+  <si>
+    <t>Código único del insumo , según un catálogo oficial (ej. SISMED, interno, etc.).</t>
+  </si>
+  <si>
+    <t>Nombre del insumo, puede ser nombre genérico o comercial.</t>
+  </si>
+  <si>
+    <t>Forma física del  insumo (ej. tableta, solución, crema, polvo, suspensión).</t>
+  </si>
+  <si>
+    <r>
+      <t>DESCRIPCIÓN: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t> Contiene el listado de diagnósticos, codificados en CIE-10. Incluye código, nombre del diagnóstico.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>DESCRIPCIÓN: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t> Lista los procedimientos médicos o clínicos estandarizados, con su código (CPMS) y nombre.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>DESCRIPCIÓN: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t> Incluye todos los insumos médicos disponibles (tiras reactivas, jeringas, agujas, etc.) con código, nombre, presentación, forma farmacéutica, etc.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>DESCRIPCIÓN: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t> Contiene los medicamentos registrados, incluyendo nombre comercial y genérico, concentración, forma farmacéutica, código y presentación.</t>
+    </r>
+  </si>
+  <si>
+    <t>COD_PROCEDIMIIENTO</t>
+  </si>
+  <si>
+    <t>COD_PROCEDIMIENTO</t>
+  </si>
+  <si>
+    <t>Código de procedimiento</t>
+  </si>
+  <si>
+    <t>Procedimientos (CPMS)</t>
+  </si>
+  <si>
+    <t>COD_INSUMO</t>
+  </si>
+  <si>
+    <t>Código del insumo</t>
+  </si>
+  <si>
+    <t>COD_MEDICAMENTO</t>
+  </si>
+  <si>
+    <t>Código de medicamento</t>
+  </si>
+  <si>
+    <t>NOMBRE_PROCEDIMIENTO</t>
+  </si>
+  <si>
+    <t>NOMBRE_INSUMO</t>
+  </si>
+  <si>
+    <t>NOMBRE_MEDICAMENTO</t>
+  </si>
+  <si>
+    <t>Nombre del Dataset:  Prestaciones de salud brindadas a las aseguradas SIS con parto Institucional- [SIS]</t>
+  </si>
+  <si>
+    <t>Prestaciones</t>
+  </si>
+  <si>
+    <t>Diagnóstico</t>
+  </si>
+  <si>
+    <t>Procedimiento</t>
+  </si>
+  <si>
+    <t>Insumos</t>
+  </si>
+  <si>
+    <t>Medicamento</t>
+  </si>
+  <si>
+    <t>Almacena los diagnósticos  asociados a los pacientes con parto institucional desde el incio de gestación.</t>
+  </si>
+  <si>
+    <t>Contiene los registros de las prestaciones de salud brindadas a las aseguradas SIS con parto institucional desde el inicio de gestación.</t>
+  </si>
+  <si>
+    <t>Registra los procedimientos realizados en pacientes con parto institucional desde el inicio de gestación.</t>
+  </si>
+  <si>
+    <t>Contiene todos los insumos entregados a pacientes con con parto institucional desde el inicio de gestación.</t>
+  </si>
+  <si>
+    <t>Contiene todos los medicamentos entregados a pacientes con con parto institucional desde el inicio de gestación.</t>
+  </si>
+  <si>
+    <t>FECHA_INIGEST</t>
+  </si>
+  <si>
+    <t>FECHA_PARTO</t>
   </si>
   <si>
     <t>PESO</t>
   </si>
   <si>
     <t>TALLA</t>
   </si>
   <si>
-    <t>Código del servicio de la atención</t>
-[...14 lines deleted...]
-    <t>FECHA_INIGEST</t>
+    <t>EDAD_GESTACIONAL</t>
+  </si>
+  <si>
+    <t>NACIDO_VIVO</t>
+  </si>
+  <si>
+    <t>NRO_DIAGNOSTICO</t>
+  </si>
+  <si>
+    <t>TRAMA: Prestaciones de partos institucionales</t>
+  </si>
+  <si>
+    <t>TRAMA: Diagnosticos</t>
+  </si>
+  <si>
+    <t>DESCRIPCIÓN:  Almacena los diagnósticos  asociados a los pacientes con parto institucional desde el incio de gestación.</t>
+  </si>
+  <si>
+    <t>TRAMA: Procedimientos</t>
+  </si>
+  <si>
+    <t>DESCRIPCIÓN:  Registra los procedimientos realizados en pacientes con parto institucional desde el inicio de gestación.</t>
+  </si>
+  <si>
+    <t>TRAMA: Insumos</t>
+  </si>
+  <si>
+    <t>DESCRIPCIÓN:  Contiene todos los insumos entregados a pacientes con con parto institucional desde el inicio de gestación.</t>
+  </si>
+  <si>
+    <t>TRAMA: Medicamentos</t>
+  </si>
+  <si>
+    <t>DESCRIPCIÓN:  Contiene todos los medicamentos entregados a pacientes con con parto institucional desde el inicio de gestación.</t>
+  </si>
+  <si>
+    <t>Diagnosticos</t>
+  </si>
+  <si>
+    <t>Fecha de inicio de gestación</t>
   </si>
   <si>
     <t>Fecha de parto</t>
   </si>
   <si>
-    <t>PRESENTACION_MEDICAMENTO</t>
-[...20 lines deleted...]
-    <t>Resolución Jefatural N.° 001-2018/SIS</t>
+    <t xml:space="preserve">Peso del afiliado al momento de la atención. </t>
   </si>
   <si>
     <t>Expresado en kilogramos (Kg)</t>
   </si>
   <si>
-    <t>Fecha de inicio de gestación</t>
-[...26 lines deleted...]
-    <t>NACIDO_VIVO</t>
+    <t xml:space="preserve">Talla del afiliado al momento de la atención. </t>
+  </si>
+  <si>
+    <t>Expresado en centimetros (cm)</t>
+  </si>
+  <si>
+    <t>Edad gestacional en semanas al momento de la atención</t>
   </si>
   <si>
     <t>Indica si el parto tiene por lo menos un recien nacido vivo (SI, NO), solo aplica para los servicios pretacionales atención de partos vaginal y cesárea (054,055).</t>
+  </si>
+  <si>
+    <r>
+      <t>DESCRIPCIÓN: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t> Contiene los registros de las prestaciones de salud brindadas a las aseguradas SIS con parto institucional desde el inicio de gestación.</t>
+    </r>
+  </si>
+  <si>
+    <t>ID_REGISTRO_REL , NRO_DIAGNOSTICO</t>
+  </si>
+  <si>
+    <t>Número de diagnóstico</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <fonts count="6" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="18" x14ac:knownFonts="1">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...1 lines deleted...]
-      <name val="Arial"/>
+      <u/>
+      <sz val="8"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
-[...1 lines deleted...]
-      <name val="Arial"/>
+      <sz val="8"/>
+      <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="11"/>
-[...6 lines deleted...]
-      <name val="Arial"/>
+      <sz val="8"/>
+      <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
-      <name val="Arial"/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="9"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color theme="10"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="9"/>
+      <color theme="10"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="7" tint="0.79998168889431442"/>
+        <fgColor rgb="FF5B6FB3"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFF00"/>
+        <fgColor rgb="FFF6A64A"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FF000000"/>
       </left>
-      <right style="thin">
-[...1 lines deleted...]
-      </right>
+      <right/>
       <top style="thin">
-        <color theme="0" tint="-0.34998626667073579"/>
+        <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="58">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
-[...1 lines deleted...]
-  </tableStyles>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FFF6A64A"/>
+      <color rgb="FF5B6FB3"/>
+      <color rgb="FFAFCC46"/>
+      <color rgb="FF57C4F2"/>
+      <color rgb="FFA6B1D6"/>
+      <color rgb="FF8796C7"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/></Relationships>
+</file>
+
+<file path=xl/richData/_rels/richValueRel.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/richData/rdRichValueTypes.xml><?xml version="1.0" encoding="utf-8"?>
+<rvTypesInfo xmlns="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x">
+  <global>
+    <keyFlags>
+      <key name="_Self">
+        <flag name="ExcludeFromFile" value="1"/>
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_DisplayString">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_Flags">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_Format">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_SubLabel">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_Attribution">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_Icon">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_Display">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_CanonicalPropertyNames">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+      <key name="_ClassificationId">
+        <flag name="ExcludeFromCalcComparison" value="1"/>
+      </key>
+    </keyFlags>
+  </global>
+</rvTypesInfo>
+</file>
+
+<file path=xl/richData/rdrichvalue.xml><?xml version="1.0" encoding="utf-8"?>
+<rvData xmlns="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" count="1">
+  <rv s="0">
+    <v>0</v>
+    <v>5</v>
+  </rv>
+</rvData>
+</file>
+
+<file path=xl/richData/rdrichvaluestructure.xml><?xml version="1.0" encoding="utf-8"?>
+<rvStructures xmlns="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" count="1">
+  <s t="_localImage">
+    <k n="_rvRel:LocalImageIdentifier" t="i"/>
+    <k n="CalcOrigin" t="i"/>
+  </s>
+</rvStructures>
+</file>
+
+<file path=xl/richData/richValueRel.xml><?xml version="1.0" encoding="utf-8"?>
+<richValueRels xmlns="http://schemas.microsoft.com/office/spreadsheetml/2022/richvaluerel" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <rel r:id="rId1"/>
+</richValueRels>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -523,51 +1218,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -634,65 +1329,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -713,1565 +1408,2394 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5EEB2CBF-2469-4537-98EE-4A079B56D282}">
-  <dimension ref="A2:BD37"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9A2EFB19-9FEB-4566-BD67-723A0987FFE2}">
+  <dimension ref="C1:H20"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="B24" sqref="B24"/>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="D14" sqref="D14:E14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="34.42578125" style="1" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="10.7109375" style="1"/>
+    <col min="1" max="1" width="5.140625" customWidth="1"/>
+    <col min="2" max="2" width="2.7109375" customWidth="1"/>
+    <col min="3" max="3" width="20.140625" customWidth="1"/>
+    <col min="4" max="4" width="34.85546875" customWidth="1"/>
+    <col min="5" max="5" width="67.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:7" ht="15" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="A4" s="2" t="s">
+    <row r="1" spans="3:8" ht="7.5" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="3:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G2" s="41" t="e" vm="1">
+        <v>#VALUE!</v>
+      </c>
+      <c r="H2" s="41"/>
+    </row>
+    <row r="3" spans="3:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G3" s="41"/>
+      <c r="H3" s="41"/>
+    </row>
+    <row r="4" spans="3:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G4" s="41"/>
+      <c r="H4" s="41"/>
+    </row>
+    <row r="5" spans="3:8" x14ac:dyDescent="0.25">
+      <c r="C5" s="49" t="s">
+        <v>110</v>
+      </c>
+      <c r="D5" s="49"/>
+      <c r="E5" s="49"/>
+    </row>
+    <row r="6" spans="3:8" x14ac:dyDescent="0.25">
+      <c r="C6" s="49"/>
+      <c r="D6" s="49"/>
+      <c r="E6" s="49"/>
+    </row>
+    <row r="9" spans="3:8" x14ac:dyDescent="0.25">
+      <c r="C9" s="50" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" s="51"/>
+      <c r="E9" s="52"/>
+    </row>
+    <row r="10" spans="3:8" x14ac:dyDescent="0.25">
+      <c r="C10" s="27" t="s">
+        <v>111</v>
+      </c>
+      <c r="D10" s="47" t="s">
+        <v>117</v>
+      </c>
+      <c r="E10" s="48"/>
+    </row>
+    <row r="11" spans="3:8" x14ac:dyDescent="0.25">
+      <c r="C11" s="39" t="s">
+        <v>112</v>
+      </c>
+      <c r="D11" s="47" t="s">
+        <v>116</v>
+      </c>
+      <c r="E11" s="48"/>
+    </row>
+    <row r="12" spans="3:8" x14ac:dyDescent="0.25">
+      <c r="C12" s="27" t="s">
+        <v>113</v>
+      </c>
+      <c r="D12" s="47" t="s">
+        <v>118</v>
+      </c>
+      <c r="E12" s="48"/>
+    </row>
+    <row r="13" spans="3:8" x14ac:dyDescent="0.25">
+      <c r="C13" s="27" t="s">
+        <v>114</v>
+      </c>
+      <c r="D13" s="47" t="s">
+        <v>119</v>
+      </c>
+      <c r="E13" s="48"/>
+    </row>
+    <row r="14" spans="3:8" x14ac:dyDescent="0.25">
+      <c r="C14" s="27" t="s">
+        <v>115</v>
+      </c>
+      <c r="D14" s="47" t="s">
+        <v>120</v>
+      </c>
+      <c r="E14" s="48"/>
+    </row>
+    <row r="16" spans="3:8" x14ac:dyDescent="0.25">
+      <c r="C16" s="42" t="s">
+        <v>73</v>
+      </c>
+      <c r="D16" s="43"/>
+      <c r="E16" s="44"/>
+    </row>
+    <row r="17" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C17" s="29" t="s">
+        <v>67</v>
+      </c>
+      <c r="D17" s="28" t="s">
+        <v>79</v>
+      </c>
+      <c r="E17" s="26"/>
+    </row>
+    <row r="18" spans="3:5" x14ac:dyDescent="0.25">
+      <c r="C18" s="29" t="s">
+        <v>68</v>
+      </c>
+      <c r="D18" s="28" t="s">
+        <v>80</v>
+      </c>
+      <c r="E18" s="26"/>
+    </row>
+    <row r="19" spans="3:5" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C19" s="29" t="s">
+        <v>69</v>
+      </c>
+      <c r="D19" s="45" t="s">
+        <v>81</v>
+      </c>
+      <c r="E19" s="46"/>
+    </row>
+    <row r="20" spans="3:5" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C20" s="29" t="s">
+        <v>70</v>
+      </c>
+      <c r="D20" s="45" t="s">
+        <v>82</v>
+      </c>
+      <c r="E20" s="46"/>
+    </row>
+  </sheetData>
+  <mergeCells count="11">
+    <mergeCell ref="G2:H4"/>
+    <mergeCell ref="C16:E16"/>
+    <mergeCell ref="D19:E19"/>
+    <mergeCell ref="D20:E20"/>
+    <mergeCell ref="D12:E12"/>
+    <mergeCell ref="D14:E14"/>
+    <mergeCell ref="D13:E13"/>
+    <mergeCell ref="C5:E6"/>
+    <mergeCell ref="C9:E9"/>
+    <mergeCell ref="D10:E10"/>
+    <mergeCell ref="D11:E11"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="C10" location="PRESTACIONES!A1" display="PRESTACIONES" xr:uid="{E65E2F5F-F22B-4725-A11B-0C6A4CFB3D89}"/>
+    <hyperlink ref="C11" location="Diagnósticos!A1" display="HTA_Diagnóstico" xr:uid="{5E8D148A-ECFE-4A26-A470-CACF6888E896}"/>
+    <hyperlink ref="C12" location="PROCEDIMIENTO!A1" display="PROCEDIMIENTOS" xr:uid="{87932E2D-1121-434A-BE37-57877C980DE7}"/>
+    <hyperlink ref="C13" location="PROCEDIMIENTO!A1" display="PROCEDIMIENTOS" xr:uid="{7EDA518E-19F5-455D-B4D1-FE0A621924F5}"/>
+    <hyperlink ref="C14" location="PROCEDIMIENTO!A1" display="PROCEDIMIENTOS" xr:uid="{E4F62A1D-ED35-4026-B9D4-765FA8EF0E7A}"/>
+    <hyperlink ref="C17" location="Catálogos_diagnóstico!A1" display="Catalogo_Diagnostico" xr:uid="{E0F424C6-6F25-4D47-83B4-F604EFC49AD2}"/>
+    <hyperlink ref="C18" location="Catálogos_Procedimientos!A1" display="Catalogo_Procedimiento" xr:uid="{1A9A6093-59FC-4219-B13D-E2BA4E3B7152}"/>
+    <hyperlink ref="C19" location="Catálogos_Insumos!A1" display="Catalogo_Insumo" xr:uid="{C0EFB1E3-EED1-46A8-A18C-96E7A5E872FB}"/>
+    <hyperlink ref="C20" location="Catálogos_Medicamentos!A1" display="Catalogo_Medicamento" xr:uid="{9AA874AC-0B2F-41DD-9D96-5E7045073173}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{94A50C3F-AEA7-4522-BEED-9C334B94C518}">
+  <sheetPr>
+    <tabColor rgb="FFF6A64A"/>
+  </sheetPr>
+  <dimension ref="B1:G14"/>
+  <sheetViews>
+    <sheetView showGridLines="0" showRowColHeaders="0" workbookViewId="0">
+      <selection activeCell="C24" sqref="C24"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="18.85546875" defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="22.7109375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="98.140625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="18.85546875" style="1"/>
+    <col min="5" max="5" width="11.5703125" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="18.85546875" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B1" s="3"/>
+      <c r="C1" s="3"/>
+      <c r="D1" s="4"/>
+      <c r="E1" s="3"/>
+      <c r="F1" s="3"/>
+      <c r="G1" s="3"/>
+    </row>
+    <row r="2" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="4"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="56" t="e" vm="1">
+        <v>#VALUE!</v>
+      </c>
+      <c r="G2" s="56"/>
+    </row>
+    <row r="3" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="36" t="s">
+        <v>48</v>
+      </c>
+      <c r="C3" s="21"/>
+      <c r="D3" s="22"/>
+      <c r="E3" s="21"/>
+      <c r="F3" s="56"/>
+      <c r="G3" s="56"/>
+    </row>
+    <row r="4" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="21"/>
+      <c r="C4" s="21"/>
+      <c r="D4" s="22"/>
+      <c r="E4" s="21"/>
+      <c r="F4" s="56"/>
+      <c r="G4" s="56"/>
+    </row>
+    <row r="5" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="25" t="s">
+        <v>90</v>
+      </c>
+      <c r="C5" s="21"/>
+      <c r="D5" s="22"/>
+      <c r="E5" s="21"/>
+      <c r="F5" s="56"/>
+      <c r="G5" s="56"/>
+    </row>
+    <row r="6" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B6" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="C6" s="21"/>
+      <c r="D6" s="22"/>
+      <c r="E6" s="21"/>
+      <c r="F6" s="21"/>
+      <c r="G6" s="21"/>
+    </row>
+    <row r="9" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B9" s="30" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="2" t="s">
+      <c r="C9" s="30" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="2" t="s">
-[...1051 lines deleted...]
-      <c r="E31" s="5" t="s">
+    </row>
+    <row r="10" spans="2:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="34" t="s">
+        <v>105</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11" spans="2:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="2:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="34" t="s">
         <v>74</v>
       </c>
-      <c r="F31" s="5"/>
-[...54 lines deleted...]
-      <c r="B32" s="5" t="s">
+      <c r="C12" s="10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="13" spans="2:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="34" t="s">
         <v>75</v>
       </c>
-      <c r="C32" s="5" t="s">
-[...63 lines deleted...]
-      <c r="B33" s="5" t="s">
+      <c r="C13" s="10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="14" spans="2:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="34" t="s">
         <v>76</v>
       </c>
-      <c r="C33" s="5" t="s">
-[...257 lines deleted...]
-      <c r="BD37" s="4"/>
+      <c r="C14" s="10" t="s">
+        <v>86</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="F2:G5"/>
   </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="B3" location="ÍNDICE!A1" display="Regresar" xr:uid="{5E303299-DB29-4F16-A172-9BE84A583AC0}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F6F04499-5A6B-47DE-AA4D-BC18DC9FC559}">
+  <sheetPr>
+    <tabColor rgb="FF5B6FB3"/>
+  </sheetPr>
+  <dimension ref="B2:H37"/>
+  <sheetViews>
+    <sheetView showGridLines="0" topLeftCell="A3" workbookViewId="0">
+      <selection activeCell="G21" sqref="G21"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="7.140625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="29.85546875" style="2" customWidth="1"/>
+    <col min="3" max="3" width="75.140625" style="3" customWidth="1"/>
+    <col min="4" max="4" width="12.28515625" style="4" customWidth="1"/>
+    <col min="5" max="5" width="8.28515625" style="3" customWidth="1"/>
+    <col min="6" max="6" width="29.42578125" style="4" customWidth="1"/>
+    <col min="7" max="7" width="18.85546875" style="4" customWidth="1"/>
+    <col min="8" max="8" width="20.7109375" style="3" customWidth="1"/>
+    <col min="9" max="16384" width="11.42578125" style="3"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="G2" s="56" t="e" vm="1">
+        <v>#VALUE!</v>
+      </c>
+      <c r="H2" s="56"/>
+    </row>
+    <row r="3" spans="2:8" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="B3" s="36" t="s">
+        <v>48</v>
+      </c>
+      <c r="D3" s="22"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="56"/>
+      <c r="H3" s="56"/>
+    </row>
+    <row r="4" spans="2:8" s="21" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B4" s="23"/>
+      <c r="D4" s="22"/>
+      <c r="F4" s="3"/>
+      <c r="G4" s="56"/>
+      <c r="H4" s="56"/>
+    </row>
+    <row r="5" spans="2:8" s="21" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B5" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="D5" s="22"/>
+      <c r="F5" s="3"/>
+      <c r="G5" s="56"/>
+      <c r="H5" s="56"/>
+    </row>
+    <row r="6" spans="2:8" s="21" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B6" s="24" t="s">
+        <v>146</v>
+      </c>
+      <c r="D6" s="22"/>
+      <c r="F6" s="22"/>
+      <c r="G6" s="22"/>
+    </row>
+    <row r="7" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B7" s="5"/>
+      <c r="C7" s="6"/>
+      <c r="D7" s="7"/>
+      <c r="E7" s="6"/>
+      <c r="F7" s="7"/>
+      <c r="G7" s="7"/>
+    </row>
+    <row r="8" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B8" s="5"/>
+      <c r="C8" s="6"/>
+      <c r="D8" s="7"/>
+      <c r="E8" s="6"/>
+      <c r="F8" s="7"/>
+      <c r="G8" s="7"/>
+    </row>
+    <row r="9" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="35" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="35" t="s">
+        <v>1</v>
+      </c>
+      <c r="D9" s="35" t="s">
+        <v>2</v>
+      </c>
+      <c r="E9" s="35" t="s">
+        <v>3</v>
+      </c>
+      <c r="F9" s="35" t="s">
+        <v>4</v>
+      </c>
+      <c r="G9" s="35" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="40" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="D10" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E10" s="11">
+        <v>8</v>
+      </c>
+      <c r="F10" s="11"/>
+      <c r="G10" s="12" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="40" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E11" s="11">
+        <v>6</v>
+      </c>
+      <c r="F11" s="11"/>
+      <c r="G11" s="12" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="12" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="40" t="s">
+        <v>10</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" s="11">
+        <v>64</v>
+      </c>
+      <c r="F12" s="12"/>
+      <c r="G12" s="12"/>
+    </row>
+    <row r="13" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="40" t="s">
+        <v>121</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>138</v>
+      </c>
+      <c r="D13" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="E13" s="12">
+        <v>8</v>
+      </c>
+      <c r="F13" s="12"/>
+      <c r="G13" s="12" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="14" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="40" t="s">
+        <v>122</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="D14" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E14" s="11">
+        <v>8</v>
+      </c>
+      <c r="F14" s="12"/>
+      <c r="G14" s="12" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="15" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="40" t="s">
+        <v>13</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D15" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="11">
+        <v>10</v>
+      </c>
+      <c r="F15" s="11"/>
+      <c r="G15" s="12"/>
+    </row>
+    <row r="16" spans="2:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="40" t="s">
+        <v>16</v>
+      </c>
+      <c r="C16" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E16" s="11">
+        <v>12</v>
+      </c>
+      <c r="F16" s="12"/>
+      <c r="G16" s="12"/>
+    </row>
+    <row r="17" spans="2:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="C17" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="D17" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="E17" s="12">
+        <v>8</v>
+      </c>
+      <c r="F17" s="12"/>
+      <c r="G17" s="12" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="18" spans="2:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="40" t="s">
+        <v>20</v>
+      </c>
+      <c r="C18" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D18" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E18" s="11">
+        <v>3</v>
+      </c>
+      <c r="F18" s="11"/>
+      <c r="G18" s="12"/>
+    </row>
+    <row r="19" spans="2:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="40" t="s">
+        <v>22</v>
+      </c>
+      <c r="C19" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="D19" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="11">
+        <v>6</v>
+      </c>
+      <c r="F19" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="G19" s="12"/>
+    </row>
+    <row r="20" spans="2:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="40" t="s">
+        <v>25</v>
+      </c>
+      <c r="C20" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D20" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="11">
+        <v>100</v>
+      </c>
+      <c r="F20" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="G20" s="12"/>
+    </row>
+    <row r="21" spans="2:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="40" t="s">
+        <v>27</v>
+      </c>
+      <c r="C21" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D21" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="12">
+        <v>150</v>
+      </c>
+      <c r="F21" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="G21" s="12"/>
+    </row>
+    <row r="22" spans="2:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="40" t="s">
+        <v>29</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="D22" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="12">
+        <v>150</v>
+      </c>
+      <c r="F22" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="G22" s="12"/>
+    </row>
+    <row r="23" spans="2:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="40" t="s">
+        <v>31</v>
+      </c>
+      <c r="C23" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D23" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="12">
+        <v>1</v>
+      </c>
+      <c r="F23" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G23" s="12"/>
+    </row>
+    <row r="24" spans="2:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="40" t="s">
+        <v>34</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="D24" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="11">
+        <v>3</v>
+      </c>
+      <c r="F24" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="G24" s="12"/>
+    </row>
+    <row r="25" spans="2:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="40" t="s">
+        <v>36</v>
+      </c>
+      <c r="C25" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="D25" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="11">
+        <v>100</v>
+      </c>
+      <c r="F25" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="G25" s="12"/>
+    </row>
+    <row r="26" spans="2:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="40" t="s">
+        <v>38</v>
+      </c>
+      <c r="C26" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="D26" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E26" s="11">
+        <v>3</v>
+      </c>
+      <c r="F26" s="12"/>
+      <c r="G26" s="12"/>
+    </row>
+    <row r="27" spans="2:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="40" t="s">
+        <v>123</v>
+      </c>
+      <c r="C27" s="10" t="s">
+        <v>140</v>
+      </c>
+      <c r="D27" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E27" s="11">
+        <v>4</v>
+      </c>
+      <c r="F27" s="12"/>
+      <c r="G27" s="12" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="28" spans="2:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="40" t="s">
+        <v>124</v>
+      </c>
+      <c r="C28" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="D28" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E28" s="11">
+        <v>4</v>
+      </c>
+      <c r="F28" s="12"/>
+      <c r="G28" s="12" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="29" spans="2:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="40" t="s">
+        <v>125</v>
+      </c>
+      <c r="C29" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="D29" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E29" s="11">
+        <v>2</v>
+      </c>
+      <c r="F29" s="12"/>
+      <c r="G29" s="12"/>
+    </row>
+    <row r="30" spans="2:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="40" t="s">
+        <v>126</v>
+      </c>
+      <c r="C30" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="D30" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="11">
+        <v>2</v>
+      </c>
+      <c r="F30" s="12"/>
+      <c r="G30" s="12"/>
+    </row>
+    <row r="31" spans="2:7" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="40" t="s">
+        <v>59</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D31" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="11">
+        <v>1</v>
+      </c>
+      <c r="F31" s="12"/>
+      <c r="G31" s="12" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="34" spans="2:5" x14ac:dyDescent="0.2">
+      <c r="C34" s="4"/>
+      <c r="E34" s="4"/>
+    </row>
+    <row r="35" spans="2:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B35" s="55" t="s">
+        <v>61</v>
+      </c>
+      <c r="C35" s="55"/>
+      <c r="D35" s="55"/>
+    </row>
+    <row r="36" spans="2:5" x14ac:dyDescent="0.2">
+      <c r="B36" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="C36" s="54" t="s">
+        <v>40</v>
+      </c>
+      <c r="D36" s="54"/>
+    </row>
+    <row r="37" spans="2:5" ht="13.5" x14ac:dyDescent="0.2">
+      <c r="B37" s="38" t="s">
+        <v>137</v>
+      </c>
+      <c r="C37" s="53" t="s">
+        <v>16</v>
+      </c>
+      <c r="D37" s="53"/>
+    </row>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="C37:D37"/>
+    <mergeCell ref="C36:D36"/>
+    <mergeCell ref="B35:D35"/>
+    <mergeCell ref="G2:H5"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="B3" location="ÍNDICE!A1" display="Regresar" xr:uid="{7A393410-2AD9-4CBB-B171-744535F6ED39}"/>
+    <hyperlink ref="B37" location="Diagnósticos!A1" display="DM_Diagnosticos" xr:uid="{1203B3B2-01D9-4D87-B699-D334DE696EF7}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C7ED281B-18EB-434A-9D57-1DB99D86AB53}">
+  <sheetPr>
+    <tabColor rgb="FF5B6FB3"/>
+  </sheetPr>
+  <dimension ref="B2:H30"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C13" sqref="C13:E13"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="7.5703125" style="3" customWidth="1"/>
+    <col min="2" max="2" width="30.28515625" style="3" customWidth="1"/>
+    <col min="3" max="3" width="74.28515625" style="3" customWidth="1"/>
+    <col min="4" max="4" width="12.42578125" style="4" customWidth="1"/>
+    <col min="5" max="5" width="7.140625" style="3" customWidth="1"/>
+    <col min="6" max="6" width="30.85546875" style="3" customWidth="1"/>
+    <col min="7" max="7" width="17.85546875" style="4" customWidth="1"/>
+    <col min="8" max="8" width="20.140625" style="3" customWidth="1"/>
+    <col min="9" max="16384" width="11.42578125" style="3"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="G2" s="56" t="e" vm="1">
+        <v>#VALUE!</v>
+      </c>
+      <c r="H2" s="56"/>
+    </row>
+    <row r="3" spans="2:8" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="36" t="s">
+        <v>48</v>
+      </c>
+      <c r="D3" s="22"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="56"/>
+      <c r="H3" s="56"/>
+    </row>
+    <row r="4" spans="2:8" s="21" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="D4" s="22"/>
+      <c r="F4" s="3"/>
+      <c r="G4" s="56"/>
+      <c r="H4" s="56"/>
+    </row>
+    <row r="5" spans="2:8" s="21" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B5" s="25" t="s">
+        <v>129</v>
+      </c>
+      <c r="D5" s="22"/>
+      <c r="F5" s="3"/>
+      <c r="G5" s="56"/>
+      <c r="H5" s="56"/>
+    </row>
+    <row r="6" spans="2:8" s="21" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B6" s="24" t="s">
+        <v>130</v>
+      </c>
+      <c r="D6" s="22"/>
+      <c r="G6" s="22"/>
+    </row>
+    <row r="9" spans="2:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="E9" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="F9" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="G9" s="8" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="D10" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E10" s="11">
+        <v>8</v>
+      </c>
+      <c r="F10" s="9"/>
+      <c r="G10" s="12" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E11" s="11">
+        <v>6</v>
+      </c>
+      <c r="F11" s="9"/>
+      <c r="G11" s="12" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="12" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D12" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E12" s="11">
+        <v>12</v>
+      </c>
+      <c r="F12" s="10"/>
+      <c r="G12" s="12"/>
+    </row>
+    <row r="13" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="9" t="s">
+        <v>127</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>148</v>
+      </c>
+      <c r="D13" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E13" s="11">
+        <v>1</v>
+      </c>
+      <c r="F13" s="10"/>
+      <c r="G13" s="12"/>
+    </row>
+    <row r="14" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D14" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="12">
+        <v>4</v>
+      </c>
+      <c r="F14" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="G14" s="12"/>
+    </row>
+    <row r="15" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D15" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="12">
+        <v>15</v>
+      </c>
+      <c r="F15" s="10"/>
+      <c r="G15" s="12"/>
+    </row>
+    <row r="16" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B16" s="15"/>
+      <c r="C16" s="15"/>
+      <c r="D16" s="16"/>
+      <c r="E16" s="16"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="16"/>
+    </row>
+    <row r="17" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B17" s="15"/>
+      <c r="C17" s="15"/>
+      <c r="D17" s="16"/>
+      <c r="E17" s="16"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="16"/>
+    </row>
+    <row r="18" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B18" s="15"/>
+      <c r="C18" s="15"/>
+      <c r="D18" s="16"/>
+      <c r="E18" s="16"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="16"/>
+    </row>
+    <row r="19" spans="2:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="55" t="s">
+        <v>61</v>
+      </c>
+      <c r="C19" s="55"/>
+      <c r="D19" s="55"/>
+    </row>
+    <row r="20" spans="2:7" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="C20" s="54" t="s">
+        <v>40</v>
+      </c>
+      <c r="D20" s="54"/>
+    </row>
+    <row r="21" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B21" s="14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C21" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="D21" s="53"/>
+    </row>
+    <row r="22" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B22" s="14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C22" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="D22" s="53"/>
+    </row>
+    <row r="23" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B23" s="14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C23" s="53" t="s">
+        <v>147</v>
+      </c>
+      <c r="D23" s="53"/>
+    </row>
+    <row r="24" spans="2:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B28" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="C28" s="55"/>
+      <c r="D28" s="55"/>
+    </row>
+    <row r="29" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B29" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C29" s="54" t="s">
+        <v>40</v>
+      </c>
+      <c r="D29" s="54"/>
+    </row>
+    <row r="30" spans="2:7" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="B30" s="37" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="57" t="s">
+        <v>44</v>
+      </c>
+      <c r="D30" s="57"/>
+    </row>
+  </sheetData>
+  <mergeCells count="9">
+    <mergeCell ref="G2:H5"/>
+    <mergeCell ref="C21:D21"/>
+    <mergeCell ref="B19:D19"/>
+    <mergeCell ref="B28:D28"/>
+    <mergeCell ref="C30:D30"/>
+    <mergeCell ref="C29:D29"/>
+    <mergeCell ref="C20:D20"/>
+    <mergeCell ref="C22:D22"/>
+    <mergeCell ref="C23:D23"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="B30" location="Catálogos_diagnóstico!A1" display="Catalogo_Diagnostico" xr:uid="{3E063A17-AA98-4ED1-9B25-AE7EA60678A4}"/>
+    <hyperlink ref="B21" location="Procedimiento!A1" display="DM_Procedimiento" xr:uid="{08977565-C61D-4B94-A2D6-D884518D2872}"/>
+    <hyperlink ref="B22" location="Insumos!A1" display="DM_Insumos" xr:uid="{B6F4B467-2674-4DE1-9C72-F9B7433CF0C3}"/>
+    <hyperlink ref="B23" location="Medicamento!A1" display="DM_Medicamento" xr:uid="{DB0626CA-D709-4764-B8FD-6D489BA7139A}"/>
+    <hyperlink ref="B3" location="ÍNDICE!A1" display="Regresar" xr:uid="{26CE4AF3-56D0-4755-B019-9E73D222A4E9}"/>
+  </hyperlinks>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{758DA16B-412C-497A-BFB5-2886CD457EF0}">
+  <sheetPr>
+    <tabColor rgb="FF5B6FB3"/>
+  </sheetPr>
+  <dimension ref="B2:H23"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C13" sqref="C13:E13"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="26.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="6.28515625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="20.7109375" style="3" customWidth="1"/>
+    <col min="3" max="3" width="71.85546875" style="3" customWidth="1"/>
+    <col min="4" max="4" width="10.5703125" style="4" customWidth="1"/>
+    <col min="5" max="5" width="10" style="3" customWidth="1"/>
+    <col min="6" max="6" width="41" style="3" customWidth="1"/>
+    <col min="7" max="7" width="17.7109375" style="4" customWidth="1"/>
+    <col min="8" max="16384" width="26.85546875" style="3"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="G2" s="56" t="e" vm="1">
+        <v>#VALUE!</v>
+      </c>
+      <c r="H2" s="56"/>
+    </row>
+    <row r="3" spans="2:8" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="B3" s="36" t="s">
+        <v>48</v>
+      </c>
+      <c r="D3" s="22"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="56"/>
+      <c r="H3" s="56"/>
+    </row>
+    <row r="4" spans="2:8" s="21" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="D4" s="22"/>
+      <c r="F4" s="3"/>
+      <c r="G4" s="56"/>
+      <c r="H4" s="56"/>
+    </row>
+    <row r="5" spans="2:8" s="21" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B5" s="24" t="s">
+        <v>131</v>
+      </c>
+      <c r="D5" s="22"/>
+      <c r="F5" s="3"/>
+      <c r="G5" s="56"/>
+      <c r="H5" s="56"/>
+    </row>
+    <row r="6" spans="2:8" s="21" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B6" s="24" t="s">
+        <v>132</v>
+      </c>
+      <c r="D6" s="22"/>
+      <c r="G6" s="22"/>
+    </row>
+    <row r="9" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="E9" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="F9" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="G9" s="8" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B10" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="D10" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E10" s="11">
+        <v>8</v>
+      </c>
+      <c r="F10" s="9"/>
+      <c r="G10" s="12" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E11" s="11">
+        <v>6</v>
+      </c>
+      <c r="F11" s="9"/>
+      <c r="G11" s="12" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="12" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D12" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E12" s="11">
+        <v>12</v>
+      </c>
+      <c r="F12" s="10"/>
+      <c r="G12" s="12"/>
+    </row>
+    <row r="13" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="9" t="s">
+        <v>127</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>148</v>
+      </c>
+      <c r="D13" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E13" s="11">
+        <v>1</v>
+      </c>
+      <c r="F13" s="10"/>
+      <c r="G13" s="12"/>
+    </row>
+    <row r="14" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D14" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="12">
+        <v>4</v>
+      </c>
+      <c r="F14" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="G14" s="12"/>
+    </row>
+    <row r="15" spans="2:8" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="D15" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="12">
+        <v>6</v>
+      </c>
+      <c r="F15" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="G15" s="12"/>
+    </row>
+    <row r="16" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D16" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="E16" s="12">
+        <v>4</v>
+      </c>
+      <c r="F16" s="10"/>
+      <c r="G16" s="12"/>
+    </row>
+    <row r="17" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C17" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D17" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E17" s="11">
+        <v>10</v>
+      </c>
+      <c r="F17" s="10"/>
+      <c r="G17" s="12" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="21" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B21" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="C21" s="55"/>
+      <c r="D21" s="55"/>
+    </row>
+    <row r="22" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B22" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C22" s="54" t="s">
+        <v>40</v>
+      </c>
+      <c r="D22" s="54"/>
+    </row>
+    <row r="23" spans="2:7" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="B23" s="37" t="s">
+        <v>68</v>
+      </c>
+      <c r="C23" s="57" t="s">
+        <v>100</v>
+      </c>
+      <c r="D23" s="57"/>
+    </row>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="B21:D21"/>
+    <mergeCell ref="C22:D22"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="G2:H5"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="B23" location="Catálogos_Procedimientos!A1" display="Catalogo_Procedimiento" xr:uid="{429D425B-7833-4033-AA39-BF9D15DAABEA}"/>
+    <hyperlink ref="B3" location="ÍNDICE!A1" display="Regresar" xr:uid="{F49BDF0F-3A45-4048-B74F-09AC9C0E0C70}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8D7251DC-0780-405F-9B86-BA69E37764CA}">
+  <sheetPr>
+    <tabColor rgb="FF5B6FB3"/>
+  </sheetPr>
+  <dimension ref="B2:H23"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C13" sqref="C13:E13"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="26.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="6.28515625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="20.7109375" style="3" customWidth="1"/>
+    <col min="3" max="3" width="72.28515625" style="3" customWidth="1"/>
+    <col min="4" max="4" width="10.5703125" style="4" customWidth="1"/>
+    <col min="5" max="5" width="10" style="3" customWidth="1"/>
+    <col min="6" max="6" width="40.140625" style="3" customWidth="1"/>
+    <col min="7" max="7" width="17.7109375" style="3" customWidth="1"/>
+    <col min="8" max="16384" width="26.85546875" style="3"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="G2" s="56" t="e" vm="1">
+        <v>#VALUE!</v>
+      </c>
+      <c r="H2" s="56"/>
+    </row>
+    <row r="3" spans="2:8" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="B3" s="36" t="s">
+        <v>48</v>
+      </c>
+      <c r="D3" s="22"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="56"/>
+      <c r="H3" s="56"/>
+    </row>
+    <row r="4" spans="2:8" s="21" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="D4" s="22"/>
+      <c r="F4" s="3"/>
+      <c r="G4" s="56"/>
+      <c r="H4" s="56"/>
+    </row>
+    <row r="5" spans="2:8" s="21" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B5" s="25" t="s">
+        <v>133</v>
+      </c>
+      <c r="D5" s="22"/>
+      <c r="F5" s="3"/>
+      <c r="G5" s="56"/>
+      <c r="H5" s="56"/>
+    </row>
+    <row r="6" spans="2:8" s="21" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B6" s="24" t="s">
+        <v>134</v>
+      </c>
+      <c r="D6" s="22"/>
+    </row>
+    <row r="9" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="E9" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="F9" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="G9" s="8" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B10" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="D10" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E10" s="11">
+        <v>8</v>
+      </c>
+      <c r="F10" s="9"/>
+      <c r="G10" s="10" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E11" s="11">
+        <v>6</v>
+      </c>
+      <c r="F11" s="9"/>
+      <c r="G11" s="10" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="12" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D12" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E12" s="11">
+        <v>12</v>
+      </c>
+      <c r="F12" s="10"/>
+      <c r="G12" s="10"/>
+    </row>
+    <row r="13" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="9" t="s">
+        <v>127</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>148</v>
+      </c>
+      <c r="D13" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E13" s="11">
+        <v>1</v>
+      </c>
+      <c r="F13" s="10"/>
+      <c r="G13" s="10"/>
+    </row>
+    <row r="14" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D14" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="12">
+        <v>4</v>
+      </c>
+      <c r="F14" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="G14" s="10"/>
+    </row>
+    <row r="15" spans="2:8" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="9" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>104</v>
+      </c>
+      <c r="D15" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="12">
+        <v>6</v>
+      </c>
+      <c r="F15" s="10"/>
+      <c r="G15" s="10"/>
+    </row>
+    <row r="16" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D16" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="E16" s="12">
+        <v>4</v>
+      </c>
+      <c r="F16" s="10"/>
+      <c r="G16" s="10"/>
+    </row>
+    <row r="17" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C17" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D17" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E17" s="11">
+        <v>10</v>
+      </c>
+      <c r="F17" s="10"/>
+      <c r="G17" s="10" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="21" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B21" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="C21" s="55"/>
+      <c r="D21" s="55"/>
+    </row>
+    <row r="22" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B22" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C22" s="54" t="s">
+        <v>40</v>
+      </c>
+      <c r="D22" s="54"/>
+    </row>
+    <row r="23" spans="2:7" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="B23" s="37" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="57" t="s">
+        <v>103</v>
+      </c>
+      <c r="D23" s="57"/>
+    </row>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="B21:D21"/>
+    <mergeCell ref="C22:D22"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="G2:H5"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="B23" location="Catálogos_Insumos!A1" display="Catalogo_Insumo" xr:uid="{2BAA52FB-8F5F-4C3A-AB7C-800CF20BDFBB}"/>
+    <hyperlink ref="B3" location="ÍNDICE!A1" display="Regresar" xr:uid="{2CCF8A26-6367-48B1-9E9A-F8BF1D64D9E2}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2B09C66A-FCCB-4EFB-9FDD-B406E1C59FE9}">
+  <sheetPr>
+    <tabColor rgb="FF5B6FB3"/>
+  </sheetPr>
+  <dimension ref="B2:H24"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="F22" sqref="F22"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="26.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="6.28515625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="20.7109375" style="3" customWidth="1"/>
+    <col min="3" max="3" width="72.28515625" style="3" customWidth="1"/>
+    <col min="4" max="4" width="10.5703125" style="4" customWidth="1"/>
+    <col min="5" max="5" width="10" style="3" customWidth="1"/>
+    <col min="6" max="6" width="40" style="3" customWidth="1"/>
+    <col min="7" max="7" width="17.7109375" style="4" customWidth="1"/>
+    <col min="8" max="16384" width="26.85546875" style="3"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="G2" s="56" t="e" vm="1">
+        <v>#VALUE!</v>
+      </c>
+      <c r="H2" s="56"/>
+    </row>
+    <row r="3" spans="2:8" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="B3" s="36" t="s">
+        <v>48</v>
+      </c>
+      <c r="D3" s="22"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="56"/>
+      <c r="H3" s="56"/>
+    </row>
+    <row r="4" spans="2:8" s="21" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="D4" s="22"/>
+      <c r="F4" s="3"/>
+      <c r="G4" s="56"/>
+      <c r="H4" s="56"/>
+    </row>
+    <row r="5" spans="2:8" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="D5" s="22"/>
+      <c r="F5" s="3"/>
+      <c r="G5" s="56"/>
+      <c r="H5" s="56"/>
+    </row>
+    <row r="6" spans="2:8" s="21" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="B6" s="24" t="s">
+        <v>136</v>
+      </c>
+      <c r="D6" s="22"/>
+      <c r="G6" s="22"/>
+    </row>
+    <row r="9" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="E9" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="F9" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="G9" s="8" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="2:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="D10" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E10" s="11">
+        <v>8</v>
+      </c>
+      <c r="F10" s="9"/>
+      <c r="G10" s="12" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="2:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E11" s="11">
+        <v>6</v>
+      </c>
+      <c r="F11" s="9"/>
+      <c r="G11" s="12" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="12" spans="2:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D12" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E12" s="11">
+        <v>12</v>
+      </c>
+      <c r="F12" s="10"/>
+      <c r="G12" s="12"/>
+    </row>
+    <row r="13" spans="2:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="9" t="s">
+        <v>127</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>148</v>
+      </c>
+      <c r="D13" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E13" s="11">
+        <v>1</v>
+      </c>
+      <c r="F13" s="10"/>
+      <c r="G13" s="12"/>
+    </row>
+    <row r="14" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D14" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="12">
+        <v>4</v>
+      </c>
+      <c r="F14" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="G14" s="12"/>
+    </row>
+    <row r="15" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="9" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>106</v>
+      </c>
+      <c r="D15" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="12">
+        <v>6</v>
+      </c>
+      <c r="F15" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="G15" s="12"/>
+    </row>
+    <row r="16" spans="2:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D16" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="E16" s="12">
+        <v>4</v>
+      </c>
+      <c r="F16" s="10"/>
+      <c r="G16" s="12"/>
+    </row>
+    <row r="17" spans="2:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C17" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D17" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E17" s="11">
+        <v>10</v>
+      </c>
+      <c r="F17" s="10"/>
+      <c r="G17" s="12" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="22" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B22" s="55" t="s">
+        <v>65</v>
+      </c>
+      <c r="C22" s="55"/>
+      <c r="D22" s="55"/>
+    </row>
+    <row r="23" spans="2:7" x14ac:dyDescent="0.2">
+      <c r="B23" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C23" s="54" t="s">
+        <v>40</v>
+      </c>
+      <c r="D23" s="54"/>
+    </row>
+    <row r="24" spans="2:7" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="B24" s="37" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" s="57" t="s">
+        <v>105</v>
+      </c>
+      <c r="D24" s="57"/>
+    </row>
+  </sheetData>
+  <mergeCells count="4">
+    <mergeCell ref="B22:D22"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="C24:D24"/>
+    <mergeCell ref="G2:H5"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="B24" location="Catálogos_Medicamentos!A1" display="Catalogo_Medicamento" xr:uid="{77612EEE-6034-47A3-9935-31D1EF9FCF04}"/>
+    <hyperlink ref="B3" location="ÍNDICE!A1" display="Regresar" xr:uid="{3E5CAB43-1174-4355-ABBA-1758050D0790}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{92EDA68D-0E14-41A1-90F0-88C75CE5B6D3}">
+  <sheetPr>
+    <tabColor rgb="FFF6A64A"/>
+  </sheetPr>
+  <dimension ref="B1:G12"/>
+  <sheetViews>
+    <sheetView showGridLines="0" showRowColHeaders="0" workbookViewId="0">
+      <selection activeCell="C25" sqref="C25"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.85546875" style="20" customWidth="1"/>
+    <col min="2" max="2" width="26.85546875" style="20" customWidth="1"/>
+    <col min="3" max="3" width="102" style="20" customWidth="1"/>
+    <col min="4" max="5" width="11.42578125" style="20"/>
+    <col min="6" max="6" width="16.7109375" style="20" customWidth="1"/>
+    <col min="7" max="7" width="16.85546875" style="20" customWidth="1"/>
+    <col min="8" max="16384" width="11.42578125" style="20"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B1" s="3"/>
+      <c r="C1" s="3"/>
+      <c r="D1" s="4"/>
+      <c r="E1" s="3"/>
+      <c r="F1" s="3"/>
+      <c r="G1" s="3"/>
+    </row>
+    <row r="2" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="4"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="56" t="e" vm="1">
+        <v>#VALUE!</v>
+      </c>
+      <c r="G2" s="56"/>
+    </row>
+    <row r="3" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B3" s="36" t="s">
+        <v>48</v>
+      </c>
+      <c r="C3" s="21"/>
+      <c r="D3" s="22"/>
+      <c r="E3" s="21"/>
+      <c r="F3" s="56"/>
+      <c r="G3" s="56"/>
+    </row>
+    <row r="4" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B4" s="21"/>
+      <c r="C4" s="21"/>
+      <c r="D4" s="22"/>
+      <c r="E4" s="21"/>
+      <c r="F4" s="56"/>
+      <c r="G4" s="56"/>
+    </row>
+    <row r="5" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B5" s="24" t="s">
+        <v>88</v>
+      </c>
+      <c r="C5" s="21"/>
+      <c r="D5" s="22"/>
+      <c r="E5" s="21"/>
+      <c r="F5" s="56"/>
+      <c r="G5" s="56"/>
+    </row>
+    <row r="6" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B6" s="24" t="s">
+        <v>95</v>
+      </c>
+      <c r="C6" s="21"/>
+      <c r="D6" s="22"/>
+      <c r="E6" s="21"/>
+      <c r="F6" s="21"/>
+      <c r="G6" s="21"/>
+    </row>
+    <row r="7" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B7" s="24"/>
+      <c r="C7" s="21"/>
+      <c r="D7" s="22"/>
+      <c r="E7" s="21"/>
+      <c r="F7" s="21"/>
+      <c r="G7" s="21"/>
+    </row>
+    <row r="8" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B8" s="24"/>
+      <c r="C8" s="21"/>
+      <c r="D8" s="22"/>
+      <c r="E8" s="21"/>
+      <c r="F8" s="21"/>
+      <c r="G8" s="21"/>
+    </row>
+    <row r="9" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B9" s="24"/>
+      <c r="C9" s="21"/>
+      <c r="D9" s="22"/>
+      <c r="E9" s="21"/>
+      <c r="F9" s="21"/>
+      <c r="G9" s="21"/>
+    </row>
+    <row r="10" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B10" s="30" t="s">
+        <v>0</v>
+      </c>
+      <c r="C10" s="30" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B11" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="C11" s="33" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="12" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B12" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="C12" s="33" t="s">
+        <v>56</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="F2:G5"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="B3" location="ÍNDICE!A1" display="Regresar" xr:uid="{C082F98A-EE17-4649-8B44-BD7DEA0978A2}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D434ECB0-8995-4407-B105-2826A0588444}">
+  <sheetPr>
+    <tabColor rgb="FFF6A64A"/>
+  </sheetPr>
+  <dimension ref="B1:G10"/>
+  <sheetViews>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="B3" sqref="B3"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7" customWidth="1"/>
+    <col min="2" max="2" width="25" customWidth="1"/>
+    <col min="3" max="3" width="110.7109375" customWidth="1"/>
+    <col min="4" max="4" width="15" customWidth="1"/>
+    <col min="6" max="6" width="17" customWidth="1"/>
+    <col min="7" max="7" width="21.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B1" s="3"/>
+      <c r="C1" s="3"/>
+      <c r="D1" s="4"/>
+      <c r="E1" s="3"/>
+      <c r="F1" s="3"/>
+      <c r="G1" s="3"/>
+    </row>
+    <row r="2" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="4"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="56" t="e" vm="1">
+        <v>#VALUE!</v>
+      </c>
+      <c r="G2" s="56"/>
+    </row>
+    <row r="3" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B3" s="36" t="s">
+        <v>48</v>
+      </c>
+      <c r="C3" s="21"/>
+      <c r="D3" s="22"/>
+      <c r="E3" s="21"/>
+      <c r="F3" s="56"/>
+      <c r="G3" s="56"/>
+    </row>
+    <row r="4" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B4" s="21"/>
+      <c r="C4" s="21"/>
+      <c r="D4" s="22"/>
+      <c r="E4" s="21"/>
+      <c r="F4" s="56"/>
+      <c r="G4" s="56"/>
+    </row>
+    <row r="5" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B5" s="24" t="s">
+        <v>91</v>
+      </c>
+      <c r="C5" s="21"/>
+      <c r="D5" s="22"/>
+      <c r="E5" s="21"/>
+      <c r="F5" s="56"/>
+      <c r="G5" s="56"/>
+    </row>
+    <row r="6" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B6" s="24" t="s">
+        <v>96</v>
+      </c>
+      <c r="C6" s="21"/>
+      <c r="D6" s="22"/>
+      <c r="E6" s="21"/>
+      <c r="F6" s="21"/>
+      <c r="G6" s="21"/>
+    </row>
+    <row r="8" spans="2:7" s="3" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="B8" s="30" t="s">
+        <v>0</v>
+      </c>
+      <c r="C8" s="30" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="9" spans="2:7" s="3" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="B9" s="31" t="s">
+        <v>100</v>
+      </c>
+      <c r="C9" s="31" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="2:7" s="3" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="B10" s="31" t="s">
+        <v>107</v>
+      </c>
+      <c r="C10" s="31" t="s">
+        <v>78</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="F2:G5"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="B3" location="ÍNDICE!A1" display="Regresar" xr:uid="{B5611B85-BF5E-4533-86F2-E4BEFC02F249}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2B1FA7DB-ACA2-428E-AA3A-78686D0A23DB}">
+  <sheetPr>
+    <tabColor rgb="FFF6A64A"/>
+  </sheetPr>
+  <dimension ref="B2:G14"/>
+  <sheetViews>
+    <sheetView showGridLines="0" showRowColHeaders="0" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="7.42578125" customWidth="1"/>
+    <col min="2" max="2" width="24.28515625" customWidth="1"/>
+    <col min="3" max="3" width="103.85546875" customWidth="1"/>
+    <col min="6" max="6" width="17" customWidth="1"/>
+    <col min="7" max="7" width="19.5703125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="4"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="56" t="e" vm="1">
+        <v>#VALUE!</v>
+      </c>
+      <c r="G2" s="56"/>
+    </row>
+    <row r="3" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B3" s="36" t="s">
+        <v>48</v>
+      </c>
+      <c r="C3" s="21"/>
+      <c r="D3" s="22"/>
+      <c r="E3" s="21"/>
+      <c r="F3" s="56"/>
+      <c r="G3" s="56"/>
+    </row>
+    <row r="4" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B4" s="21"/>
+      <c r="C4" s="21"/>
+      <c r="D4" s="22"/>
+      <c r="E4" s="21"/>
+      <c r="F4" s="56"/>
+      <c r="G4" s="56"/>
+    </row>
+    <row r="5" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B5" s="25" t="s">
+        <v>89</v>
+      </c>
+      <c r="C5" s="21"/>
+      <c r="D5" s="22"/>
+      <c r="E5" s="21"/>
+      <c r="F5" s="56"/>
+      <c r="G5" s="56"/>
+    </row>
+    <row r="6" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B6" s="24" t="s">
+        <v>97</v>
+      </c>
+      <c r="C6" s="21"/>
+      <c r="D6" s="22"/>
+      <c r="E6" s="21"/>
+      <c r="F6" s="21"/>
+      <c r="G6" s="21"/>
+    </row>
+    <row r="9" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B9" s="32" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="32" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B10" s="9" t="s">
+        <v>103</v>
+      </c>
+      <c r="C10" s="9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B11" s="9" t="s">
+        <v>108</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B12" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C12" s="9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="13" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B13" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" s="9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="14" spans="2:7" x14ac:dyDescent="0.25">
+      <c r="B14" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>94</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="F2:G5"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="B3" location="ÍNDICE!A1" display="Regresar" xr:uid="{4F44E39F-B406-4D04-9698-9886492D4EF9}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>DiccionarioDatos</vt:lpstr>
+    <vt:vector size="10" baseType="lpstr">
+      <vt:lpstr>ÍNDICE</vt:lpstr>
+      <vt:lpstr>Prestaciones</vt:lpstr>
+      <vt:lpstr>Diagnósticos</vt:lpstr>
+      <vt:lpstr>Procedimiento</vt:lpstr>
+      <vt:lpstr>Insumos</vt:lpstr>
+      <vt:lpstr>Medicamento</vt:lpstr>
+      <vt:lpstr>Catálogos_diagnóstico</vt:lpstr>
+      <vt:lpstr>Catálogos_Procedimientos</vt:lpstr>
+      <vt:lpstr>Catálogos_Insumos</vt:lpstr>
+      <vt:lpstr>Catálogos_Medicamentos</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Alma Fernanda Vera Quea</dc:creator>
+  <dc:creator>Power BI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>