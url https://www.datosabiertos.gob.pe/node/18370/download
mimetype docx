--- v0 (2025-11-19)
+++ v1 (2026-02-21)
@@ -595,109 +595,109 @@
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Frecuencia de actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="234AA13C" w14:textId="28B49270" w:rsidR="00504D0A" w:rsidRDefault="005A5944" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Mensual</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="2C94159F" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C1DE0E1" w14:textId="18D08B51" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="44C769A3" w:rsidR="00CD25C2" w:rsidRDefault="00793C50" w:rsidP="006C611E">
+          <w:p w14:paraId="1B051219" w14:textId="64BAA486" w:rsidR="00CD25C2" w:rsidRDefault="00793C50" w:rsidP="006C611E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
-            <w:r w:rsidR="00A41553">
+            <w:r w:rsidR="00602D69">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>-10</w:t>
-            </w:r>
+              <w:t>-12</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="00C27161">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="003A4E54">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="006C611E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
@@ -760,51 +760,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRDefault="00A41553" w:rsidP="00CD25C2">
+          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRDefault="00602D69" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidR="00CD25C2" w:rsidRPr="009F0CA5">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:color w:val="0A77BD"/>
                   <w:kern w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="50813B98" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -1082,78 +1082,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E6576BC" w14:textId="2476AD3F" w:rsidR="009F0CA5" w:rsidRDefault="009F0CA5" w:rsidP="00DA6578">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009F0CA5" w:rsidSect="003E4836">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
+    <w:altName w:val="Symbol"/>
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="2A611634"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4B0CD6E"/>
     <w:lvl w:ilvl="0" w:tplc="280A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -1746,50 +1748,51 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="00082934"/>
     <w:rsid w:val="00103728"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="002950C0"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="003A4E54"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E4836"/>
     <w:rsid w:val="00483960"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="004F1D9B"/>
     <w:rsid w:val="00504D0A"/>
     <w:rsid w:val="0051408A"/>
     <w:rsid w:val="0053263F"/>
     <w:rsid w:val="005A5944"/>
     <w:rsid w:val="005F2C43"/>
+    <w:rsid w:val="00602D69"/>
     <w:rsid w:val="00602F5C"/>
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00647FB5"/>
     <w:rsid w:val="00682CD5"/>
     <w:rsid w:val="006B1258"/>
     <w:rsid w:val="006C611E"/>
     <w:rsid w:val="0070589E"/>
     <w:rsid w:val="00717CED"/>
     <w:rsid w:val="00782254"/>
     <w:rsid w:val="007840A6"/>
     <w:rsid w:val="00793C50"/>
     <w:rsid w:val="008716FE"/>
     <w:rsid w:val="00876384"/>
     <w:rsid w:val="00904DBB"/>
     <w:rsid w:val="009245CC"/>
     <w:rsid w:val="00931584"/>
     <w:rsid w:val="009379D2"/>
     <w:rsid w:val="0095347C"/>
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
     <w:rsid w:val="009F0CA5"/>
     <w:rsid w:val="00A41553"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B6616D"/>