--- v0 (2025-11-19)
+++ v1 (2026-03-03)
@@ -1,511 +1,3078 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-[...20 lines deleted...]
-</workbook>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:body>
+    <w:p w14:paraId="2B2CF1CA" w14:textId="6F435A65" w:rsidR="0095347C" w:rsidRPr="00D75231" w:rsidRDefault="009F0CA5" w:rsidP="00717CED">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75231">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>METADATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F6FA515" w14:textId="291CF929" w:rsidR="009F0CA5" w:rsidRPr="009F0CA5" w:rsidRDefault="009F0CA5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="578F6E56" w14:textId="32B22265" w:rsidR="009F0CA5" w:rsidRPr="00D75231" w:rsidRDefault="009F0CA5" w:rsidP="00BE2CC3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75231">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Metadatos del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D75231">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>dataset</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E70440" w:rsidRPr="00D75231">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E173CD" w:rsidRPr="00E173CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AUTORIZACION DE TRANSPORTE DE RESIDUOS SÓLIDOS PELIGROSOS  </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED38CC" w:rsidRPr="00D75231">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00ED38CC" w:rsidRPr="00D75231">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>[ MML</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00ED38CC" w:rsidRPr="00D75231">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E07927B" w14:textId="77777777" w:rsidR="00DA6578" w:rsidRPr="00DA6578" w:rsidRDefault="00DA6578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:vanish/>
+          <w:specVanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70D2D9BE" w14:textId="77777777" w:rsidR="00DA6578" w:rsidRPr="00DA6578" w:rsidRDefault="00DA6578" w:rsidP="00DA6578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:vanish/>
+          <w:specVanish/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77E11A95" w14:textId="77777777" w:rsidR="00504D0A" w:rsidRDefault="00DA6578" w:rsidP="00DA6578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="10456" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2972"/>
+        <w:gridCol w:w="7484"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00504D0A" w14:paraId="30B6BD9E" w14:textId="77777777" w:rsidTr="00504D0A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E49C04D" w14:textId="273124D6" w:rsidR="00504D0A" w:rsidRPr="00D75231" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Título</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="301BAC89" w14:textId="17555D91" w:rsidR="00504D0A" w:rsidRPr="00D75231" w:rsidRDefault="002B4A41" w:rsidP="00FB5878">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E173CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AUTORIZACION DE TRANSPORTE DE RESIDUOS SÓLIDOS PELIGROSOS  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>- [ MML]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00504D0A" w14:paraId="1E2BA938" w14:textId="77777777" w:rsidTr="00504D0A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17CCE901" w14:textId="235EEF53" w:rsidR="00504D0A" w:rsidRPr="00D75231" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Título URL Descripción</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AF6190C" w14:textId="494B109B" w:rsidR="00504D0A" w:rsidRPr="00D75231" w:rsidRDefault="00255354" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00255354">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>https://www.datosabiertos.gob.pe/dataset/autorizacion-de-transporte-de-residuos-s%C3%B3lidos-peligrosos-mml</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00504D0A" w14:paraId="2EC58AEF" w14:textId="77777777" w:rsidTr="00504D0A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E79BF0" w14:textId="0C1004DE" w:rsidR="00504D0A" w:rsidRPr="00D75231" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Descripción</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08DB9AD8" w14:textId="77777777" w:rsidR="00504D0A" w:rsidRPr="00D75231" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2587B459" w14:textId="77777777" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46EB52E7" w14:textId="77777777" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F0D5512" w14:textId="0B2CE5E7" w:rsidR="002B4A41" w:rsidRDefault="002B4A41" w:rsidP="005503B5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Este </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>dataset</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> contempla el</w:t>
+            </w:r>
+            <w:r w:rsidR="00A429B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> detalle de las Autorizaciones</w:t>
+            </w:r>
+            <w:r w:rsidR="00E70440" w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e </w:t>
+            </w:r>
+            <w:r w:rsidR="00E70440" w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">transporte </w:t>
+            </w:r>
+            <w:r w:rsidR="005503B5" w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de residuos sólidos peligrosos </w:t>
+            </w:r>
+            <w:r w:rsidR="00A429B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">emitidas por la Municipalidad Metropolitana de Lima a través de la Subgerencia de Gestión Ambiental para las </w:t>
+            </w:r>
+            <w:r w:rsidR="005503B5" w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">empresas </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>operadoras d</w:t>
+            </w:r>
+            <w:r w:rsidR="001A612D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>e residuos sólidos, periodo 2024</w:t>
+            </w:r>
+            <w:r w:rsidR="009A5EA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 2025</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, en base a los siguientes campos: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FC8DB28" w14:textId="77777777" w:rsidR="00255354" w:rsidRDefault="00255354" w:rsidP="005503B5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EE46E40" w14:textId="6EE3C802" w:rsidR="00ED38CC" w:rsidRPr="00D75231" w:rsidRDefault="00255354" w:rsidP="005503B5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EXPEDIENTE, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E173CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FECHA_DE_INGRESO, </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC" w:rsidRPr="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>NOMBRE_EMPRESA</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC" w:rsidRPr="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>RUC</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00E173CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> FECHA_SUPERVISION, NUMERO_DE_INFORME, FECHA_EMISION_INFORME, </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC" w:rsidRPr="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>NUMERO_RESOLUCION</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC" w:rsidRPr="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>FECHA_EMISION</w:t>
+            </w:r>
+            <w:r w:rsidR="00E173CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>_RESOLUCION</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC" w:rsidRPr="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>PROCEDENTE_O_IMPROCEDENTE</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC" w:rsidRPr="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>VIGENCIA</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC" w:rsidRPr="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>TIPO_AUTORIZACION</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC" w:rsidRPr="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>CANTIDAD_VEHICULOS_AUTORIZADOS</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC" w:rsidRPr="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>DEPARTAMENTO</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC" w:rsidRPr="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>PROVINCIA</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC" w:rsidRPr="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>DISTRITO</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC" w:rsidRPr="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>UBIGEO</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC" w:rsidRPr="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>FECHA_CORTE</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED38CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17582CB0" w14:textId="77777777" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1768E929" w14:textId="72A30AD0" w:rsidR="005503B5" w:rsidRPr="00D75231" w:rsidRDefault="005503B5" w:rsidP="005503B5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00504D0A" w14:paraId="283C9B4F" w14:textId="77777777" w:rsidTr="00504D0A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51D63ABD" w14:textId="5D977796" w:rsidR="00504D0A" w:rsidRPr="00D75231" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Entidad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="391CFDAD" w14:textId="606150CA" w:rsidR="00504D0A" w:rsidRPr="00D75231" w:rsidRDefault="00E70440" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Municipalidad Metropolitana de Lima</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00504D0A" w14:paraId="1598F2E3" w14:textId="77777777" w:rsidTr="00504D0A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4723B4D8" w14:textId="16D3A583" w:rsidR="00504D0A" w:rsidRPr="00D75231" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Fuente</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AEEBCE" w14:textId="5A727661" w:rsidR="00504D0A" w:rsidRPr="00D75231" w:rsidRDefault="004C0CFE" w:rsidP="00E70440">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gerencia de Servicios a la Ciudad y Gestión Ambiental - </w:t>
+            </w:r>
+            <w:r w:rsidR="00E70440" w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Subgerencia de Gestión Ambiental</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00504D0A" w14:paraId="28E3066C" w14:textId="77777777" w:rsidTr="00504D0A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="316C6F46" w14:textId="50815B45" w:rsidR="00504D0A" w:rsidRPr="00D75231" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Etiquetas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B88C464" w14:textId="384FFE34" w:rsidR="00504D0A" w:rsidRPr="00D75231" w:rsidRDefault="00E70440" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Residuos Sólidos Peligrosos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00504D0A" w14:paraId="43175C4D" w14:textId="77777777" w:rsidTr="00504D0A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12BAD6F9" w14:textId="0D974740" w:rsidR="00504D0A" w:rsidRPr="00D75231" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Fecha de creación</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71ED991A" w14:textId="25F61D61" w:rsidR="00504D0A" w:rsidRPr="00D75231" w:rsidRDefault="00837CA9" w:rsidP="00A429B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>2024-01-</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00A429B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00504D0A" w14:paraId="011842A8" w14:textId="77777777" w:rsidTr="00504D0A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35EB519A" w14:textId="7F952C47" w:rsidR="00504D0A" w:rsidRPr="00D75231" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Frecuencia de actualización</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="234AA13C" w14:textId="13CF929C" w:rsidR="00504D0A" w:rsidRPr="00D75231" w:rsidRDefault="00E70440" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Mensual</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD25C2" w14:paraId="2C94159F" w14:textId="77777777" w:rsidTr="00DD0453">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C1DE0E1" w14:textId="18D08B51" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Última actualización</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B051219" w14:textId="26501F96" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00837CA9" w:rsidP="00837CA9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00E70440" w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00A27C80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001A612D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00A27C80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD25C2" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="00DD0453">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59316C5D" w14:textId="137D6F15" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Versión</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="682DC893" w14:textId="1D382E69" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00E70440" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>1.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00A429B4" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Licencia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00837CA9" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId5" w:history="1">
+              <w:r w:rsidR="00CD25C2" w:rsidRPr="00D75231">
+                <w:rPr>
+                  <w:rStyle w:val="Hipervnculo"/>
+                  <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                  <w:color w:val="0A77BD"/>
+                  <w:kern w:val="24"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>Open Data Commons Attribution License</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD25C2" w14:paraId="50813B98" w14:textId="77777777" w:rsidTr="00DD0453">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78F51BD0" w14:textId="026C8583" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Idioma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00A83837" w14:textId="4C6C4345" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Español</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD25C2" w14:paraId="1117E997" w14:textId="77777777" w:rsidTr="00DD0453">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CADEF4B" w14:textId="184AA53E" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Nivel de acceso público</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64FB206D" w14:textId="705D940B" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>Público</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD25C2" w14:paraId="7E0D1F8D" w14:textId="77777777" w:rsidTr="00504D0A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44582A03" w14:textId="175F5ABC" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t>Tipo de recurso</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="203A77A8" w14:textId="328AECF8" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Dataset</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD25C2" w14:paraId="002B4018" w14:textId="77777777" w:rsidTr="00504D0A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C20EDCE" w14:textId="0318ABEF" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Formato</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E46760A" w14:textId="1FBB55B3" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>CSV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD25C2" w14:paraId="7A5EEEA5" w14:textId="77777777" w:rsidTr="00504D0A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C8EAEF" w14:textId="0A3D3873" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:lang w:val="es-MX"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cobertura </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29A0014F" w14:textId="35098B2E" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00E70440" w:rsidP="001A612D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Perú, Lima, - 202</w:t>
+            </w:r>
+            <w:r w:rsidR="001A612D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="009A5EA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD25C2" w14:paraId="494AA20C" w14:textId="77777777" w:rsidTr="00504D0A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E758B40" w14:textId="2431496E" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D75231">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Correo de contacto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7484" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E87C2D7" w14:textId="3CA099B1" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="004C0CFE" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>jean.quintanilla_0@munlima.gob.pe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0E6576BC" w14:textId="2476AD3F" w:rsidR="009F0CA5" w:rsidRDefault="009F0CA5" w:rsidP="00DA6578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009F0CA5" w:rsidSect="003E4836">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...145 lines deleted...]
-</sst>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Narrow">
+    <w:panose1 w:val="020B0606020202030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...233 lines deleted...]
-</styleSheet>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="2A611634"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F4B0CD6E"/>
+    <w:lvl w:ilvl="0" w:tplc="280A0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="280A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="280A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="280A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="280A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="280A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="280A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="280A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="280A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="350F3368"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51EEB210"/>
+    <w:lvl w:ilvl="0" w:tplc="280A0011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="280A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="280A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="280A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="280A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="280A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="280A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="280A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="280A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="629F27C3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="351CFA60"/>
+    <w:lvl w:ilvl="0" w:tplc="EAAA32F8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E3AE4A84" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="02DAA2DA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FD3EED54" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4AC264CA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="349CD696" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C5F87778" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A156F602" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6D2A5EE2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="64334537"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51EEB210"/>
+    <w:lvl w:ilvl="0" w:tplc="280A0011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="280A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="280A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="280A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="280A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="280A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="280A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="280A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="280A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="692C13A7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4578769E"/>
+    <w:lvl w:ilvl="0" w:tplc="001A3786">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="85AEFB0E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F6F01330" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7A720BBE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FDDECD4E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E60013BC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="851638C6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="715C65D4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EDB4C7D4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId14" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/></Relationships>
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="170"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="0053263F"/>
+    <w:rsid w:val="000809FA"/>
+    <w:rsid w:val="00116DF8"/>
+    <w:rsid w:val="00121B08"/>
+    <w:rsid w:val="00182C03"/>
+    <w:rsid w:val="001A612D"/>
+    <w:rsid w:val="001D71B5"/>
+    <w:rsid w:val="0020585A"/>
+    <w:rsid w:val="002437D0"/>
+    <w:rsid w:val="00255354"/>
+    <w:rsid w:val="00297BE5"/>
+    <w:rsid w:val="002B4A41"/>
+    <w:rsid w:val="00306482"/>
+    <w:rsid w:val="003C14B3"/>
+    <w:rsid w:val="003D0AF5"/>
+    <w:rsid w:val="003D6FF9"/>
+    <w:rsid w:val="003E4836"/>
+    <w:rsid w:val="0048753E"/>
+    <w:rsid w:val="004C0CFE"/>
+    <w:rsid w:val="004F1D9B"/>
+    <w:rsid w:val="00504D0A"/>
+    <w:rsid w:val="0053263F"/>
+    <w:rsid w:val="005503B5"/>
+    <w:rsid w:val="005F2C43"/>
+    <w:rsid w:val="00636A28"/>
+    <w:rsid w:val="00647FB5"/>
+    <w:rsid w:val="00682CD5"/>
+    <w:rsid w:val="0070589E"/>
+    <w:rsid w:val="00717CED"/>
+    <w:rsid w:val="00773966"/>
+    <w:rsid w:val="007840A6"/>
+    <w:rsid w:val="00837CA9"/>
+    <w:rsid w:val="00876384"/>
+    <w:rsid w:val="00904DBB"/>
+    <w:rsid w:val="009379D2"/>
+    <w:rsid w:val="0095347C"/>
+    <w:rsid w:val="00962F24"/>
+    <w:rsid w:val="009A5EA3"/>
+    <w:rsid w:val="009A7FF5"/>
+    <w:rsid w:val="009B0AA2"/>
+    <w:rsid w:val="009B4CB1"/>
+    <w:rsid w:val="009F0CA5"/>
+    <w:rsid w:val="00A27C80"/>
+    <w:rsid w:val="00A429B4"/>
+    <w:rsid w:val="00AD1755"/>
+    <w:rsid w:val="00B27C25"/>
+    <w:rsid w:val="00B6616D"/>
+    <w:rsid w:val="00BE2CC3"/>
+    <w:rsid w:val="00C961F8"/>
+    <w:rsid w:val="00CD25C2"/>
+    <w:rsid w:val="00D00322"/>
+    <w:rsid w:val="00D1293D"/>
+    <w:rsid w:val="00D5559D"/>
+    <w:rsid w:val="00D75231"/>
+    <w:rsid w:val="00D957C7"/>
+    <w:rsid w:val="00DA6578"/>
+    <w:rsid w:val="00E173CD"/>
+    <w:rsid w:val="00E70440"/>
+    <w:rsid w:val="00EB0278"/>
+    <w:rsid w:val="00EB1A82"/>
+    <w:rsid w:val="00ED38CC"/>
+    <w:rsid w:val="00F1229D"/>
+    <w:rsid w:val="00F66923"/>
+    <w:rsid w:val="00F71199"/>
+    <w:rsid w:val="00F81789"/>
+    <w:rsid w:val="00FA048A"/>
+    <w:rsid w:val="00FB5878"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="es-PE"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="4042BE67"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{21A38796-FE20-4F81-96E3-6C3D7A2F0396}"/>
+</w:settings>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="es-PE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DA6578"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipervnculo">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009F0CA5"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009F0CA5"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="009F0CA5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009F0CA5"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="es-PE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="009F0CA5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="es-PE"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="222377461">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="247738020">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="903294070">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1137454505">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="790854706">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="78405496">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1641493123">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="403258452">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1309433336">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2107924433">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="18092026">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1344356230">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1235702715">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1453481831">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1624924370">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1641769041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="627787388">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1352489226">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="462385139">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1056078697">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1730376054">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="628828703">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1218399546">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1731152145">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1663697397">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2052068829">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://opendefinition.org/licenses/odc-by/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
-    <a:clrScheme name="Sheets">
+    <a:clrScheme name="Office">
       <a:dk1>
-        <a:srgbClr val="000000"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="FFFFFF"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="000000"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="FFFFFF"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Sheets">
+    <a:fontScheme name="Arial">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-        <a:cs typeface="Calibri"/>
+        <a:latin typeface="Arial" panose="020B0604020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="굴림"/>
+        <a:font script="Hans" typeface="黑体"/>
+        <a:font script="Hant" typeface="微軟正黑體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-        <a:cs typeface="Calibri"/>
+        <a:latin typeface="Arial" panose="020B0604020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="굴림"/>
+        <a:font script="Hans" typeface="黑体"/>
+        <a:font script="Hant" typeface="微軟正黑體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -604,431 +3171,82 @@
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...366 lines deleted...]
-</worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>234</Words>
+  <Characters>1289</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>10</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Hojas de cálculo</vt:lpstr>
+        <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Diccionario de datos</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1520</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Edith Karina Huanca Flores</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Alma Fernanda Vera Quea</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>