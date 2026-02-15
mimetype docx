--- v0 (2025-11-19)
+++ v1 (2026-02-15)
@@ -759,61 +759,75 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12BAD6F9" w14:textId="0D974740" w:rsidR="00504D0A" w:rsidRPr="00D75231" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D75231">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Fecha de creación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71ED991A" w14:textId="36E9B6A8" w:rsidR="00504D0A" w:rsidRPr="00D75231" w:rsidRDefault="00A429B4" w:rsidP="00A429B4">
+          <w:p w14:paraId="71ED991A" w14:textId="25F61D61" w:rsidR="00504D0A" w:rsidRPr="00D75231" w:rsidRDefault="00837CA9" w:rsidP="00A429B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>2024-01-25</w:t>
+              <w:t>2024-01-</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00A429B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w14:paraId="011842A8" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35EB519A" w14:textId="7F952C47" w:rsidR="00504D0A" w:rsidRPr="00D75231" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D75231">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
@@ -848,95 +862,111 @@
           </w:tcPr>
           <w:p w14:paraId="4C1DE0E1" w14:textId="18D08B51" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D75231">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="638CFD6C" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="009A5EA3" w:rsidP="00A27C80">
+          <w:p w14:paraId="1B051219" w14:textId="26501F96" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00837CA9" w:rsidP="00837CA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>2025</w:t>
+              <w:t>2026</w:t>
             </w:r>
             <w:r w:rsidR="00E70440" w:rsidRPr="00D75231">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00A27C80">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>10</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001A612D">
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00A27C80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A27C80">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001A612D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00A27C80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59316C5D" w14:textId="137D6F15" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D75231">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
@@ -972,51 +1002,51 @@
           </w:tcPr>
           <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D75231">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00A27C80" w:rsidP="00CD25C2">
+          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00837CA9" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidR="00CD25C2" w:rsidRPr="00D75231">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
                   <w:color w:val="0A77BD"/>
                   <w:kern w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="50813B98" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
@@ -1085,52 +1115,50 @@
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Nivel de acceso público</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64FB206D" w14:textId="705D940B" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D75231">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>Público</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="7E0D1F8D" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44582A03" w14:textId="175F5ABC" w:rsidR="00CD25C2" w:rsidRPr="00D75231" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D75231">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Tipo de recurso</w:t>
             </w:r>
@@ -1932,102 +1960,104 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="000809FA"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00121B08"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="001A612D"/>
     <w:rsid w:val="001D71B5"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="002437D0"/>
     <w:rsid w:val="00255354"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="002B4A41"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="003C14B3"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E4836"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="004C0CFE"/>
     <w:rsid w:val="004F1D9B"/>
     <w:rsid w:val="00504D0A"/>
     <w:rsid w:val="0053263F"/>
     <w:rsid w:val="005503B5"/>
     <w:rsid w:val="005F2C43"/>
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00647FB5"/>
     <w:rsid w:val="00682CD5"/>
     <w:rsid w:val="0070589E"/>
     <w:rsid w:val="00717CED"/>
     <w:rsid w:val="00773966"/>
     <w:rsid w:val="007840A6"/>
+    <w:rsid w:val="00837CA9"/>
     <w:rsid w:val="00876384"/>
     <w:rsid w:val="00904DBB"/>
     <w:rsid w:val="009379D2"/>
     <w:rsid w:val="0095347C"/>
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="009A5EA3"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
+    <w:rsid w:val="009B4CB1"/>
     <w:rsid w:val="009F0CA5"/>
     <w:rsid w:val="00A27C80"/>
     <w:rsid w:val="00A429B4"/>
     <w:rsid w:val="00AD1755"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B6616D"/>
     <w:rsid w:val="00BE2CC3"/>
     <w:rsid w:val="00C961F8"/>
     <w:rsid w:val="00CD25C2"/>
     <w:rsid w:val="00D00322"/>
     <w:rsid w:val="00D1293D"/>
     <w:rsid w:val="00D5559D"/>
     <w:rsid w:val="00D75231"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
     <w:rsid w:val="00E173CD"/>
     <w:rsid w:val="00E70440"/>
     <w:rsid w:val="00EB0278"/>
     <w:rsid w:val="00EB1A82"/>
     <w:rsid w:val="00ED38CC"/>
     <w:rsid w:val="00F1229D"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00F81789"/>
     <w:rsid w:val="00FA048A"/>