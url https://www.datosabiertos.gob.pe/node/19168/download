--- v0 (2025-11-09)
+++ v1 (2026-03-20)
@@ -3,92 +3,98 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\MTC\ENCARGOS\2025\1. Gestión EST 2025\2. Temas técnicos\13. PNDA Datos Abiertos\3. Datasets\3. PVD\3. 092025\Final\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\MTC\ENCARGOS\2026\1. Gestión EST 2026\1. Temas administrativos\0. Requerimientos EST\7. I-085413-2026 PVD\Datos\DATOS ABIERTOS 31-12-2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="3132" yWindow="4452" windowWidth="25140" windowHeight="21948" tabRatio="821"/>
+    <workbookView xWindow="10212" yWindow="2412" windowWidth="23340" windowHeight="16668" tabRatio="821"/>
   </bookViews>
   <sheets>
     <sheet name="Diccionario de Datos" sheetId="4" r:id="rId1"/>
     <sheet name="tab" sheetId="8" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Diccionario de Datos'!$B$4:$E$25</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Diccionario de Datos'!$B$4:$E$27</definedName>
     <definedName name="_xlnm.Database" localSheetId="0">#REF!</definedName>
     <definedName name="_xlnm.Database">#REF!</definedName>
-    <definedName name="Z_039F9B1C_EE23_45A5_9204_1403583815EE_.wvu.FilterData" localSheetId="0" hidden="1">'Diccionario de Datos'!$B$4:$D$25</definedName>
-[...4 lines deleted...]
-    <definedName name="Z_5FCD436B_1497_4348_9D0A_8C71ACD95FE3_.wvu.FilterData" localSheetId="0" hidden="1">'Diccionario de Datos'!$B$4:$D$25</definedName>
+    <definedName name="Z_039F9B1C_EE23_45A5_9204_1403583815EE_.wvu.FilterData" localSheetId="0" hidden="1">'Diccionario de Datos'!$B$4:$D$27</definedName>
+    <definedName name="Z_04E3F233_4882_4357_B374_C9BFD7E6F1B8_.wvu.FilterData" localSheetId="0" hidden="1">'Diccionario de Datos'!$B$4:$D$27</definedName>
+    <definedName name="Z_084FE064_D669_4C57_A092_F628B6EC23A6_.wvu.FilterData" localSheetId="0" hidden="1">'Diccionario de Datos'!$B$4:$D$27</definedName>
+    <definedName name="Z_397C17BE_9F0E_4A06_88DF_5AF7DC04BF56_.wvu.FilterData" localSheetId="0" hidden="1">'Diccionario de Datos'!$B$4:$O$27</definedName>
+    <definedName name="Z_5D337FF4_9611_473B_8665_D30E3ED2E5AF_.wvu.FilterData" localSheetId="0" hidden="1">'Diccionario de Datos'!$B$4:$D$27</definedName>
+    <definedName name="Z_5FCD436B_1497_4348_9D0A_8C71ACD95FE3_.wvu.FilterData" localSheetId="0" hidden="1">'Diccionario de Datos'!$B$4:$D$27</definedName>
     <definedName name="Z_8C5C59CD_AFC8_4337_B087_D42F4E8C5203_.wvu.FilterData" localSheetId="0" hidden="1">'Diccionario de Datos'!$B$4:$D$4</definedName>
-    <definedName name="Z_9AACE5AF_94F7_46E2_B24D_2F158B690D33_.wvu.FilterData" localSheetId="0" hidden="1">'Diccionario de Datos'!$B$4:$O$25</definedName>
-[...4 lines deleted...]
-    <definedName name="Z_FE595B76_A959_4234_B001_A2292FBDE0AA_.wvu.FilterData" localSheetId="0" hidden="1">'Diccionario de Datos'!$B$4:$D$25</definedName>
+    <definedName name="Z_9AACE5AF_94F7_46E2_B24D_2F158B690D33_.wvu.FilterData" localSheetId="0" hidden="1">'Diccionario de Datos'!$B$4:$O$27</definedName>
+    <definedName name="Z_A397897E_8E01_4691_A95B_4956681B9C90_.wvu.FilterData" localSheetId="0" hidden="1">'Diccionario de Datos'!$B$4:$O$27</definedName>
+    <definedName name="Z_BFB00763_29AA_4073_9D02_924FA0F75260_.wvu.FilterData" localSheetId="0" hidden="1">'Diccionario de Datos'!$B$4:$D$27</definedName>
+    <definedName name="Z_D50C2F23_0CFB_4F32_B7E4_30DE6DF5248E_.wvu.FilterData" localSheetId="0" hidden="1">'Diccionario de Datos'!$B$4:$D$27</definedName>
+    <definedName name="Z_E98FA48E_4C95_4FAD_B2DE_D97F909F9029_.wvu.FilterData" localSheetId="0" hidden="1">'Diccionario de Datos'!$B$4:$D$27</definedName>
+    <definedName name="Z_FE595B76_A959_4234_B001_A2292FBDE0AA_.wvu.FilterData" localSheetId="0" hidden="1">'Diccionario de Datos'!$B$4:$D$27</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="110">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="118">
   <si>
     <t>Elementos de diversos materiales que sirven únicamente para indicar la progresiva de la carretera. Generalmente se ubican cada 1 000 m. Donde inicia carretera</t>
   </si>
   <si>
     <t>Elementos de diversos materiales que sirven únicamente para indicar la progresiva de la carretera. Generalmente se ubican cada 1000 m. Donde finaliza la carretera.</t>
   </si>
   <si>
     <t>N°</t>
   </si>
   <si>
     <t>JERARQUIA</t>
   </si>
   <si>
     <t>CÓDIGO DE RUTA</t>
   </si>
   <si>
     <t>DEPARTAMENTO</t>
   </si>
   <si>
     <t>RECLASIFICACIÓN</t>
   </si>
   <si>
     <t>TIPO DE SUPERFICIE</t>
   </si>
   <si>
@@ -150,53 +156,50 @@
     <t>Intervenciones</t>
   </si>
   <si>
     <t>Estado Situacional</t>
   </si>
   <si>
     <t>N°  CONVENIO</t>
   </si>
   <si>
     <t>LONGITUD EN KILÓMETROS (Grafico)</t>
   </si>
   <si>
     <t>LONGITUD EN KILÓMETROS
 (Proyecto)</t>
   </si>
   <si>
     <t>TRAYECTORIA</t>
   </si>
   <si>
     <t>HITOS KILOMÉTRICO DE INICIO (DE CORRESPONDER)</t>
   </si>
   <si>
     <t>HITOS KILOMÉTRICO FINAL (DE CORRESPONDER)</t>
   </si>
   <si>
-    <t>Número de la Resolución Ministerial que aprueba la reclasificación de la vía temporal o definitiva</t>
-[...1 lines deleted...]
-  <si>
     <t>Número del convenio suscrito</t>
   </si>
   <si>
     <t>IDDPTO</t>
   </si>
   <si>
     <t>Código del departamento asignado por el INEI</t>
   </si>
   <si>
     <t>IDPROV</t>
   </si>
   <si>
     <t>Código de la Provincia.</t>
   </si>
   <si>
     <t>Nombre de la Provincia</t>
   </si>
   <si>
     <t>Nombre del Departamento</t>
   </si>
   <si>
     <t>ESTADO DE TRANSITABILIDAD (Condición)</t>
   </si>
   <si>
     <t>FUENTE</t>
@@ -261,163 +264,193 @@
   <si>
     <t xml:space="preserve">HITOS KILOMÉTRICO DE INICIO </t>
   </si>
   <si>
     <t>Carreteras y Puentes</t>
   </si>
   <si>
     <t>Puentes</t>
   </si>
   <si>
     <t>CUI / Código e Idea</t>
   </si>
   <si>
     <t>Nivel de Intervención por tramo en cada CVA</t>
   </si>
   <si>
     <t>Numérico</t>
   </si>
   <si>
     <t>Año, Mes y Día de corte de información</t>
   </si>
   <si>
     <t>aaaammdd</t>
   </si>
   <si>
+    <t>Identificador Correlativo</t>
+  </si>
+  <si>
     <t>CODIGO_UNICO_INVERSION</t>
   </si>
   <si>
     <t>FECHA_CORTE</t>
   </si>
   <si>
     <t>CODIGO_RUTA</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
-    <t>NORMA_RECLASIFICACION</t>
-[...1 lines deleted...]
-  <si>
     <t>SUPERFICIE</t>
   </si>
   <si>
+    <t>CONVENIO</t>
+  </si>
+  <si>
     <t>RESPONSABLE</t>
   </si>
   <si>
     <t>Coordinación y/o Gerencia a cargo del Proyecto Vial.</t>
   </si>
   <si>
     <t>FINAL</t>
   </si>
   <si>
     <t>ID_DEPARTAMENTO</t>
   </si>
   <si>
     <t>ID_PROVINCIA</t>
   </si>
   <si>
+    <t>TIPO_INTERVENCION</t>
+  </si>
+  <si>
     <t>Texto</t>
   </si>
   <si>
     <t xml:space="preserve">Nombre del Dataset: </t>
   </si>
   <si>
     <t>Recurso relacionado</t>
   </si>
   <si>
     <t>Información Adicional</t>
   </si>
   <si>
     <t>Tamaño</t>
   </si>
   <si>
     <t>Fuente INEI</t>
   </si>
   <si>
     <t>Código ubigeo</t>
   </si>
   <si>
+    <t>Tipos de superficie de rodadura: Asfaltado; Asfalto económico o Solución básica; Afirmado; Sin Afirmar; Trocha y Proyectada.</t>
+  </si>
+  <si>
     <t>Estado de condición de la vía</t>
   </si>
   <si>
     <t>Estado: Bueno; Regular; Malo</t>
-  </si>
-[...1 lines deleted...]
-    <t>Las rutas aún no registradas en el clasificador de rutas presentan el código "R"</t>
   </si>
   <si>
     <t>Fuente MTC: Clasificador de Rutas del Sistema Nacional de Carreteras - SINAC (D.S. N° 011-2016-MTC)</t>
   </si>
   <si>
     <t>Fuente MEF: Código Único de Inversiones (CUI)</t>
   </si>
   <si>
     <t>Longitud indicado en el proyecto y/o convenio en unidades de medida de kilómetros</t>
   </si>
   <si>
     <t>El CUI es un número único generado en el Banco de Inversiones del MEF que identifican a cada inversión pública.</t>
   </si>
   <si>
     <t>RVD = Red Vial Departamental; 
 RVV = Red Vial Vecinal</t>
   </si>
   <si>
+    <t xml:space="preserve">Tipos de intervención: Mejoramiento; Conservación. Adicionalmente, se indican registros "Sin intervención definida" </t>
+  </si>
+  <si>
     <t>Responsable: GMS (Gerencia de Monitoreo y Seguimiento); GO (Gerencia de Obras); PATS (Programa de Apoyo al Transporte Subnacional); PROREGION (Programas Regionales)</t>
   </si>
   <si>
+    <t>Decreto Supremo N° 011-2016-MTC,  Clasificador de Rutas Vigente, documento oficial del SINAC por el cual establece la jerarquía de las carreteras en tres redes viales.</t>
+  </si>
+  <si>
+    <t>Intervenciones de Provias Descentralizado en las Redes viales Departamentales y Vecinales, II Semestre 2025 [Ministerio de Transportes y Comunicaciones -MTC]</t>
+  </si>
+  <si>
+    <t>NORMA</t>
+  </si>
+  <si>
+    <t>PROCESO_JERARQUIZACION</t>
+  </si>
+  <si>
+    <t>TIPO_RECLASIFICACION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Número de la Resolución Ministerial que actualiza el clasificador de rutas </t>
+  </si>
+  <si>
+    <t>Clasificación, Reclasificación, Modificación de Jerarquía</t>
+  </si>
+  <si>
+    <t>Definitiva, Temporal</t>
+  </si>
+  <si>
+    <t>TIPO_MODIFICCIÓN_JERARQUIA</t>
+  </si>
+  <si>
+    <t>Trayectoria</t>
+  </si>
+  <si>
+    <t>Son los diferentes procedimientos comprendidos en la Jerarquizacion de una Vía</t>
+  </si>
+  <si>
+    <t>Opciones que presenta el procedimiento de Reclasificación</t>
+  </si>
+  <si>
+    <t>Opciones que presenta las modificaciones de la jerarquía.</t>
+  </si>
+  <si>
+    <t>CODIGO_PROVISIONAL</t>
+  </si>
+  <si>
+    <t>Identificación asignada a vias no clasificadas inventariadas en los Planes viales Provinciales Participativos a través de la metodología según Resolución Directoral Nº 022-2015-MTC/14.</t>
+  </si>
+  <si>
+    <t>Fuente: Planes Viales Provinciales Participativos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">El código provisional comprende siete digitos, los primeros 2 digitos referido al codigo ubigeo del departamento, seguido de otros dos dígitos del codigo ubigeo de la provincia terminando con tres dígitos correspondiente un orden según cantidad de vias no clasificadas en la provincia.  </t>
+  </si>
+  <si>
     <t>ID_INTERVENCION</t>
-  </si>
-[...28 lines deleted...]
-    <t>Intervenciones de Provias Descentralizado en las Redes viales Departamentales y Vecinales 2024 - jun 2025 [Ministerio de Transportes y Comunicaciones -MTC]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="17">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Frutiger-Light"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1176,840 +1209,880 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="B2:O25"/>
+  <dimension ref="B2:O27"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C3" sqref="C3"/>
+    <sheetView tabSelected="1" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="J7" sqref="J7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.59765625" defaultRowHeight="10.199999999999999"/>
   <cols>
-    <col min="1" max="1" width="2.296875" style="4" customWidth="1"/>
-    <col min="2" max="2" width="24.09765625" style="4" customWidth="1"/>
+    <col min="1" max="1" width="4.8984375" style="4" customWidth="1"/>
+    <col min="2" max="2" width="26.19921875" style="4" customWidth="1"/>
     <col min="3" max="3" width="44.69921875" style="4" customWidth="1"/>
     <col min="4" max="4" width="15.59765625" style="3" customWidth="1"/>
     <col min="5" max="5" width="20.59765625" style="2" customWidth="1"/>
     <col min="6" max="6" width="27.3984375" style="2" customWidth="1"/>
     <col min="7" max="7" width="44.69921875" style="4" customWidth="1"/>
     <col min="8" max="8" width="12.59765625" style="2"/>
     <col min="9" max="16384" width="12.59765625" style="4"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:15" ht="13.2">
       <c r="B2" s="20" t="s">
         <v>84</v>
       </c>
       <c r="C2" s="21" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
     </row>
     <row r="3" spans="2:15" ht="10.8" thickBot="1"/>
     <row r="4" spans="2:15" s="2" customFormat="1" ht="25.95" customHeight="1" thickBot="1">
       <c r="B4" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="C4" s="23" t="s">
+      <c r="D4" s="23" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="E4" s="23" t="s">
         <v>87</v>
       </c>
       <c r="F4" s="23" t="s">
         <v>85</v>
       </c>
       <c r="G4" s="24" t="s">
         <v>86</v>
       </c>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="2:15" ht="13.2">
       <c r="B5" s="25" t="s">
-        <v>99</v>
+        <v>117</v>
       </c>
       <c r="C5" s="26" t="s">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="D5" s="27" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="E5" s="28">
         <v>4</v>
       </c>
       <c r="F5" s="29"/>
       <c r="G5" s="30"/>
     </row>
     <row r="6" spans="2:15" ht="39.6">
       <c r="B6" s="25" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C6" s="26" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D6" s="27" t="s">
         <v>83</v>
       </c>
       <c r="E6" s="28">
         <v>7</v>
       </c>
       <c r="F6" s="26" t="s">
         <v>94</v>
       </c>
       <c r="G6" s="30" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="7" spans="2:15" ht="39.6">
+    <row r="7" spans="2:15" ht="79.2">
       <c r="B7" s="25" t="s">
-        <v>4</v>
+        <v>113</v>
       </c>
       <c r="C7" s="26" t="s">
-        <v>0</v>
+        <v>114</v>
       </c>
       <c r="D7" s="27" t="s">
         <v>83</v>
       </c>
       <c r="E7" s="28">
+        <v>10</v>
+      </c>
+      <c r="F7" s="26" t="s">
+        <v>115</v>
+      </c>
+      <c r="G7" s="30" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="8" spans="2:15" ht="52.8">
+      <c r="B8" s="25" t="s">
         <v>3</v>
       </c>
-      <c r="F7" s="29"/>
-[...7 lines deleted...]
-      </c>
       <c r="C8" s="26" t="s">
-        <v>61</v>
+        <v>100</v>
       </c>
       <c r="D8" s="27" t="s">
         <v>83</v>
       </c>
       <c r="E8" s="28">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="F8" s="29"/>
       <c r="G8" s="30" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="9" spans="2:15" ht="26.4">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="9" spans="2:15" ht="39.6">
       <c r="B9" s="25" t="s">
-        <v>32</v>
+        <v>73</v>
       </c>
       <c r="C9" s="26" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="D9" s="27" t="s">
         <v>83</v>
       </c>
       <c r="E9" s="28">
+        <v>6</v>
+      </c>
+      <c r="F9" s="26" t="s">
+        <v>93</v>
+      </c>
+      <c r="G9" s="30"/>
+    </row>
+    <row r="10" spans="2:15" ht="26.4">
+      <c r="B10" s="25" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" s="26" t="s">
+        <v>23</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>83</v>
+      </c>
+      <c r="E10" s="28">
         <v>250</v>
-      </c>
-[...14 lines deleted...]
-        <v>10</v>
       </c>
       <c r="F10" s="29"/>
       <c r="G10" s="30"/>
     </row>
     <row r="11" spans="2:15" ht="39.6">
       <c r="B11" s="25" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="C11" s="26" t="s">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D11" s="27" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="E11" s="28">
         <v>10</v>
       </c>
       <c r="F11" s="29"/>
       <c r="G11" s="30"/>
     </row>
-    <row r="12" spans="2:15" ht="13.2">
+    <row r="12" spans="2:15" ht="39.6">
       <c r="B12" s="25" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C12" s="26" t="s">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="D12" s="27" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="E12" s="28">
-        <v>5</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="F12" s="29"/>
+      <c r="G12" s="30"/>
     </row>
     <row r="13" spans="2:15" ht="13.2">
       <c r="B13" s="25" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C13" s="26" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D13" s="27" t="s">
         <v>83</v>
       </c>
       <c r="E13" s="28">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="F13" s="29" t="s">
         <v>88</v>
       </c>
       <c r="G13" s="30" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="14" spans="2:15" ht="13.2">
       <c r="B14" s="25" t="s">
-        <v>6</v>
+        <v>81</v>
       </c>
       <c r="C14" s="26" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D14" s="27" t="s">
         <v>83</v>
       </c>
       <c r="E14" s="28">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="G14" s="30"/>
+        <v>15</v>
+      </c>
+      <c r="F14" s="29" t="s">
+        <v>88</v>
+      </c>
+      <c r="G14" s="30" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="15" spans="2:15" ht="13.2">
       <c r="B15" s="25" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C15" s="26" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D15" s="27" t="s">
         <v>83</v>
       </c>
       <c r="E15" s="28">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="F15" s="29"/>
       <c r="G15" s="30"/>
     </row>
-    <row r="16" spans="2:15" ht="26.4">
+    <row r="16" spans="2:15" ht="13.2">
       <c r="B16" s="25" t="s">
-        <v>76</v>
+        <v>8</v>
       </c>
       <c r="C16" s="26" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D16" s="27" t="s">
         <v>83</v>
       </c>
       <c r="E16" s="28">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="F16" s="29"/>
       <c r="G16" s="30"/>
     </row>
-    <row r="17" spans="2:7" ht="13.2">
+    <row r="17" spans="2:7" ht="26.4">
       <c r="B17" s="25" t="s">
-        <v>16</v>
+        <v>102</v>
       </c>
       <c r="C17" s="26" t="s">
-        <v>90</v>
+        <v>105</v>
       </c>
       <c r="D17" s="27" t="s">
         <v>83</v>
       </c>
       <c r="E17" s="28">
-        <v>7</v>
+        <v>75</v>
       </c>
       <c r="F17" s="29"/>
-      <c r="G17" s="30" t="s">
-[...3 lines deleted...]
-    <row r="18" spans="2:7" ht="52.8">
+      <c r="G17" s="30"/>
+    </row>
+    <row r="18" spans="2:7" ht="26.4">
       <c r="B18" s="25" t="s">
-        <v>77</v>
+        <v>103</v>
       </c>
       <c r="C18" s="26" t="s">
-        <v>25</v>
+        <v>110</v>
       </c>
       <c r="D18" s="27" t="s">
         <v>83</v>
       </c>
       <c r="E18" s="28">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="F18" s="29"/>
       <c r="G18" s="30" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="19" spans="2:7" ht="13.2">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="19" spans="2:7" ht="26.4">
       <c r="B19" s="25" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C19" s="26" t="s">
-        <v>36</v>
+        <v>111</v>
       </c>
       <c r="D19" s="27" t="s">
         <v>83</v>
       </c>
       <c r="E19" s="28">
+        <v>15</v>
+      </c>
+      <c r="F19" s="29"/>
+      <c r="G19" s="30" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="20" spans="2:7" ht="13.2">
+      <c r="B20" s="25" t="s">
+        <v>108</v>
+      </c>
+      <c r="C20" s="26" t="s">
+        <v>112</v>
+      </c>
+      <c r="D20" s="27" t="s">
+        <v>83</v>
+      </c>
+      <c r="E20" s="28">
         <v>30</v>
       </c>
-      <c r="F19" s="29"/>
-[...14 lines deleted...]
-      </c>
       <c r="F20" s="29"/>
-      <c r="G20" s="30"/>
-[...1 lines deleted...]
-    <row r="21" spans="2:7" ht="52.8">
+      <c r="G20" s="30" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="21" spans="2:7" ht="13.2">
       <c r="B21" s="25" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="C21" s="26" t="s">
-        <v>79</v>
+        <v>91</v>
       </c>
       <c r="D21" s="27" t="s">
         <v>83</v>
       </c>
       <c r="E21" s="28">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="F21" s="29"/>
       <c r="G21" s="30" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="22" spans="2:7" ht="39.6">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="22" spans="2:7" ht="52.8">
       <c r="B22" s="25" t="s">
-        <v>103</v>
+        <v>75</v>
       </c>
       <c r="C22" s="26" t="s">
-        <v>105</v>
+        <v>24</v>
       </c>
       <c r="D22" s="27" t="s">
         <v>83</v>
       </c>
       <c r="E22" s="28">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F22" s="29"/>
-      <c r="G22" s="30"/>
-[...1 lines deleted...]
-    <row r="23" spans="2:7" ht="26.4">
+      <c r="G22" s="30" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="23" spans="2:7" ht="13.2">
       <c r="B23" s="25" t="s">
-        <v>102</v>
+        <v>76</v>
       </c>
       <c r="C23" s="26" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
       <c r="D23" s="27" t="s">
         <v>83</v>
       </c>
       <c r="E23" s="28">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="F23" s="29"/>
-      <c r="G23" s="30" t="s">
-[...3 lines deleted...]
-    <row r="24" spans="2:7" ht="13.2">
+      <c r="G23" s="30"/>
+    </row>
+    <row r="24" spans="2:7" ht="26.4">
       <c r="B24" s="25" t="s">
-        <v>104</v>
+        <v>16</v>
       </c>
       <c r="C24" s="26" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="D24" s="27" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="E24" s="28">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="F24" s="29"/>
       <c r="G24" s="30"/>
     </row>
-    <row r="25" spans="2:7" ht="13.8" thickBot="1">
-[...6 lines deleted...]
-      <c r="D25" s="33" t="s">
+    <row r="25" spans="2:7" ht="52.8">
+      <c r="B25" s="25" t="s">
+        <v>77</v>
+      </c>
+      <c r="C25" s="26" t="s">
+        <v>78</v>
+      </c>
+      <c r="D25" s="27" t="s">
         <v>83</v>
       </c>
-      <c r="E25" s="34">
+      <c r="E25" s="28">
+        <v>30</v>
+      </c>
+      <c r="F25" s="29"/>
+      <c r="G25" s="30" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="26" spans="2:7" ht="39.6">
+      <c r="B26" s="25" t="s">
+        <v>82</v>
+      </c>
+      <c r="C26" s="26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D26" s="27" t="s">
+        <v>83</v>
+      </c>
+      <c r="E26" s="28">
+        <v>12</v>
+      </c>
+      <c r="F26" s="29"/>
+      <c r="G26" s="30" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="27" spans="2:7" ht="13.8" thickBot="1">
+      <c r="B27" s="31" t="s">
+        <v>72</v>
+      </c>
+      <c r="C27" s="32" t="s">
+        <v>68</v>
+      </c>
+      <c r="D27" s="33" t="s">
+        <v>83</v>
+      </c>
+      <c r="E27" s="34">
         <v>10</v>
       </c>
-      <c r="F25" s="35"/>
-[...1 lines deleted...]
-        <v>71</v>
+      <c r="F27" s="35"/>
+      <c r="G27" s="36" t="s">
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="H15" sqref="H15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="13.8"/>
   <cols>
     <col min="1" max="1" width="2.19921875" style="15" customWidth="1"/>
     <col min="2" max="2" width="32.19921875" style="5" customWidth="1"/>
     <col min="3" max="3" width="21" style="5" customWidth="1"/>
     <col min="4" max="4" width="28" style="5" customWidth="1"/>
     <col min="5" max="17" width="11" style="5"/>
     <col min="18" max="18" width="24.09765625" style="5" customWidth="1"/>
     <col min="19" max="19" width="25.3984375" style="5" customWidth="1"/>
     <col min="20" max="16384" width="11" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="39" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B1" s="37" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C1" s="38"/>
       <c r="D1" s="16" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="40"/>
       <c r="B2" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="C2" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="D2" s="17" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="12.75" customHeight="1">
       <c r="A3" s="12">
         <v>1</v>
       </c>
       <c r="B3" s="7" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C3" s="7" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D3" s="6" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="12.75" customHeight="1">
       <c r="A4" s="12">
         <v>2</v>
       </c>
       <c r="B4" s="7" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C4" s="7" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D4" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="12.75" customHeight="1">
       <c r="A5" s="12">
         <v>3</v>
       </c>
       <c r="B5" s="7" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C5" s="7" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D5" s="6" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="12.75" customHeight="1">
       <c r="A6" s="12">
         <v>4</v>
       </c>
       <c r="B6" s="7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D6" s="6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="12.75" customHeight="1">
       <c r="A7" s="12">
         <v>5</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="12.75" customHeight="1">
       <c r="A8" s="12">
         <v>6</v>
       </c>
       <c r="B8" s="7" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="12.75" customHeight="1">
       <c r="A9" s="12">
         <v>7</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="12.75" customHeight="1">
       <c r="A10" s="12">
         <v>8</v>
       </c>
       <c r="B10" s="7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D10" s="6" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="12.75" customHeight="1">
       <c r="A11" s="12">
         <v>9</v>
       </c>
       <c r="B11" s="7" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="12.75" customHeight="1">
       <c r="A12" s="12">
         <v>10</v>
       </c>
       <c r="B12" s="7" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="D12" s="6" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="12.75" customHeight="1">
       <c r="A13" s="12">
         <v>11</v>
       </c>
       <c r="B13" s="7" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C13" s="7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="12.75" customHeight="1">
       <c r="A14" s="12">
         <v>12</v>
       </c>
       <c r="B14" s="7" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="12.75" customHeight="1">
       <c r="A15" s="12">
         <v>13</v>
       </c>
       <c r="B15" s="7" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="12.75" customHeight="1">
       <c r="A16" s="12">
         <v>14</v>
       </c>
       <c r="B16" s="7" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="12.75" customHeight="1">
       <c r="A17" s="12">
         <v>15</v>
       </c>
       <c r="B17" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="12.75" customHeight="1">
       <c r="A18" s="12">
         <v>16</v>
       </c>
       <c r="B18" s="7" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="12.75" customHeight="1">
       <c r="A19" s="12">
         <v>17</v>
       </c>
       <c r="B19" s="7" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="12.75" customHeight="1">
       <c r="A20" s="12">
         <v>18</v>
       </c>
       <c r="B20" s="7" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C20" s="7"/>
       <c r="D20" s="6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="12.75" customHeight="1">
       <c r="A21" s="12"/>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="6" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="12.75" customHeight="1">
       <c r="A22" s="12"/>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="8" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="12.75" customHeight="1">
       <c r="A23" s="12"/>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="8" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="12.75" customHeight="1">
       <c r="A24" s="13"/>
       <c r="B24" s="9"/>
       <c r="C24" s="7"/>
       <c r="D24" s="8" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="12.75" customHeight="1">
       <c r="A25" s="13"/>
       <c r="B25" s="9"/>
       <c r="C25" s="9"/>
       <c r="D25" s="8" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="12.75" customHeight="1">
       <c r="A26" s="13"/>
       <c r="B26" s="9"/>
       <c r="C26" s="9"/>
       <c r="D26" s="8" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="12.75" customHeight="1">
       <c r="A27" s="13"/>
       <c r="B27" s="9"/>
       <c r="C27" s="9"/>
       <c r="D27" s="8" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="12.75" customHeight="1">
       <c r="A28" s="13"/>
       <c r="B28" s="9"/>
       <c r="C28" s="9"/>
       <c r="D28" s="8" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="12.75" customHeight="1">
       <c r="A29" s="14"/>
       <c r="B29" s="11"/>
       <c r="C29" s="11"/>
       <c r="D29" s="10" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="A1:A2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="2058" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>