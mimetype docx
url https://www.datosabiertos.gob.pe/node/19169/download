--- v0 (2025-11-09)
+++ v1 (2026-03-20)
@@ -33,157 +33,107 @@
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004456F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>METADATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="004E5F6B" w14:textId="77777777" w:rsidR="00766D89" w:rsidRPr="004456F9" w:rsidRDefault="00766D89" w:rsidP="00766D89">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59AF33A8" w14:textId="7A3C0BA5" w:rsidR="00766D89" w:rsidRPr="00EF5751" w:rsidRDefault="00766D89" w:rsidP="00766D89">
+    <w:p w14:paraId="59AF33A8" w14:textId="7E7D871A" w:rsidR="00766D89" w:rsidRPr="00EF5751" w:rsidRDefault="00766D89" w:rsidP="00766D89">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF5751">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Metadatos del </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EF5751">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>dataset</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EF5751">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00C217B7">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00460675">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Red</w:t>
       </w:r>
       <w:r w:rsidR="00341165">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">es Viales Departamentales y Vecinales </w:t>
+        <w:t xml:space="preserve">es Viales Departamentales y Vecinales a cargo de Provias Descentralizado a </w:t>
       </w:r>
-      <w:r w:rsidR="00C217B7" w:rsidRPr="0007756D">
+      <w:r w:rsidR="0071094A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>del Sistema Nacional de Carreteras</w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">junio </w:t>
+        <w:t xml:space="preserve">diciembre del </w:t>
       </w:r>
       <w:r w:rsidR="00341165">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00684028">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00E47E8C" w:rsidRPr="00EF5751">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
@@ -266,99 +216,81 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF5751">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Título</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7397" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="198857EE" w14:textId="4526FF3E" w:rsidR="00766D89" w:rsidRPr="00EF5751" w:rsidRDefault="00EB094D" w:rsidP="00A111EF">
+          <w:p w14:paraId="198857EE" w14:textId="1A610DC8" w:rsidR="00766D89" w:rsidRPr="00EF5751" w:rsidRDefault="00EB094D" w:rsidP="00A111EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Redes Viales Departamentales y Vecinales a cargo de </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">Redes Viales Departamentales y Vecinales a cargo de Provias Descentralizado a </w:t>
+            </w:r>
+            <w:r w:rsidR="0071094A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">diciembre </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Provias</w:t>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> 202</w:t>
+              <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="00684028">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00EF5751">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> - [Ministerio de Transportes y Comunicaciones – MTC]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00766D89" w:rsidRPr="004456F9" w14:paraId="0B49D29D" w14:textId="77777777" w:rsidTr="00994FE8">
         <w:trPr>
           <w:trHeight w:val="310"/>
         </w:trPr>
         <w:tc>
@@ -496,445 +428,417 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">departamentales y vecinales </w:t>
             </w:r>
             <w:r w:rsidR="0007756D" w:rsidRPr="0007756D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">del Sistema Nacional de Carreteras </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">a cargo de </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>a cargo de Provias Descentralizado</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF5751">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B55B78B" w14:textId="77777777" w:rsidR="007838A9" w:rsidRDefault="007838A9" w:rsidP="00A111EF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="514B5DDB" w14:textId="3E7AB0FF" w:rsidR="0007756D" w:rsidRPr="0007756D" w:rsidRDefault="0007756D" w:rsidP="0007756D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0007756D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>La</w:t>
+            </w:r>
+            <w:r w:rsidR="00341165">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007756D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> red</w:t>
+            </w:r>
+            <w:r w:rsidR="00341165">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>es</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007756D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vial</w:t>
+            </w:r>
+            <w:r w:rsidR="00341165">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>es</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007756D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00341165">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>departamentales y vecinales intervenidas por PVD</w:t>
+            </w:r>
+            <w:r w:rsidR="005E721D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a través de la delegación de competencias (Art. 5 del Decreto Supremo Nº 034-2008-MTC)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007756D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, proporciona información sobre las principales características de las carreteras </w:t>
+            </w:r>
+            <w:r w:rsidR="00341165">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sub</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007756D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nacionales, tales como </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Provias</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">código de ruta, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007756D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>longitud, superficie de rodadura</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Descentralizado</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00EF5751">
+              <w:t xml:space="preserve"> y el</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007756D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> estado de conservación.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="535C803C" w14:textId="77777777" w:rsidR="0007756D" w:rsidRPr="0007756D" w:rsidRDefault="0007756D" w:rsidP="0007756D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="226F3FF7" w14:textId="516BF15C" w:rsidR="007838A9" w:rsidRDefault="0007756D" w:rsidP="0007756D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0007756D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>La</w:t>
+            </w:r>
+            <w:r w:rsidR="00341165">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007756D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> citada</w:t>
+            </w:r>
+            <w:r w:rsidR="00341165">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007756D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> red</w:t>
+            </w:r>
+            <w:r w:rsidR="00341165">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>es viales</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007756D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> se encuentra</w:t>
+            </w:r>
+            <w:r w:rsidR="00341165">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007756D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> clasificada de acuerdo al Clasificador de rutas vigente, aprobado mediante D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ecreto </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007756D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>upremo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0007756D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...16 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">N° </w:t>
+            </w:r>
             <w:r w:rsidRPr="0007756D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>La</w:t>
-[...98 lines deleted...]
-            </w:r>
+              <w:t>011-2016-MTC.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AE584E5" w14:textId="77777777" w:rsidR="0007756D" w:rsidRDefault="0007756D" w:rsidP="0007756D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E5826BD" w14:textId="3F72FB12" w:rsidR="00766D89" w:rsidRDefault="00FC5B57" w:rsidP="007838A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">código de ruta, </w:t>
-[...7 lines deleted...]
-              <w:t>longitud, superficie de rodadura</w:t>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004456F9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ech</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> y el</w:t>
-[...97 lines deleted...]
-              <w:t xml:space="preserve"> clasificada de acuerdo al Clasificador de rutas vigente, aprobado mediante D</w:t>
+              <w:t xml:space="preserve">a de corte al </w:t>
+            </w:r>
+            <w:r w:rsidR="0071094A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+            <w:r w:rsidR="007838A9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:r w:rsidR="0071094A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">diciembre </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ecreto </w:t>
-[...113 lines deleted...]
-              <w:t xml:space="preserve"> de</w:t>
+              <w:t>de</w:t>
             </w:r>
             <w:r w:rsidR="00341165">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>l 202</w:t>
             </w:r>
             <w:r w:rsidR="00684028">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
@@ -1109,52 +1013,50 @@
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00391E6F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="641059CF" w14:textId="3181098D" w:rsidR="007838A9" w:rsidRPr="004456F9" w:rsidRDefault="007838A9" w:rsidP="007838A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-        <w:bookmarkEnd w:id="0"/>
       </w:tr>
       <w:tr w:rsidR="00766D89" w:rsidRPr="004456F9" w14:paraId="3949048D" w14:textId="77777777" w:rsidTr="00994FE8">
         <w:trPr>
           <w:trHeight w:val="310"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2937" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B54BF40" w14:textId="5FB1D01B" w:rsidR="00766D89" w:rsidRPr="004456F9" w:rsidRDefault="00766D89" w:rsidP="00994FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004456F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
@@ -1219,67 +1121,57 @@
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Fuente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6172B927" w14:textId="4CE4F89A" w:rsidR="00766D89" w:rsidRPr="004456F9" w:rsidRDefault="00460675" w:rsidP="00460675">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Provias</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Provias </w:t>
             </w:r>
             <w:r w:rsidR="00341165">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Descentralizado</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> - [PV</w:t>
             </w:r>
             <w:r w:rsidR="00341165">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
@@ -1378,105 +1270,113 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004456F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Fecha de creación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7397" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66FA274E" w14:textId="0B62B46E" w:rsidR="00766D89" w:rsidRPr="004456F9" w:rsidRDefault="00460675" w:rsidP="00994FE8">
+          <w:p w14:paraId="66FA274E" w14:textId="5703B516" w:rsidR="00766D89" w:rsidRPr="004456F9" w:rsidRDefault="00460675" w:rsidP="00994FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="00684028">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00684028">
-[...5 lines deleted...]
-              <w:t>06</w:t>
+            <w:r w:rsidR="0071094A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00341165">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="0071094A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00766D89" w:rsidRPr="004456F9" w14:paraId="5F46E154" w14:textId="77777777" w:rsidTr="00994FE8">
         <w:trPr>
           <w:trHeight w:val="310"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2937" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39E3EE90" w14:textId="77777777" w:rsidR="00766D89" w:rsidRPr="004456F9" w:rsidRDefault="00766D89" w:rsidP="00994FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004456F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
@@ -1528,171 +1428,213 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004456F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7397" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40DA92C2" w14:textId="1EFD9236" w:rsidR="00FC5B57" w:rsidRPr="004456F9" w:rsidRDefault="00F5723A" w:rsidP="00FC5B57">
+          <w:p w14:paraId="40DA92C2" w14:textId="1100996D" w:rsidR="00FC5B57" w:rsidRPr="004456F9" w:rsidRDefault="00460675" w:rsidP="00FC5B57">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>2025-06-30</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="0071094A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00341165">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="0071094A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="0071094A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC5B57" w:rsidRPr="004456F9" w14:paraId="5B28F396" w14:textId="77777777" w:rsidTr="00994FE8">
         <w:trPr>
           <w:trHeight w:val="310"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2937" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69C812D6" w14:textId="77777777" w:rsidR="00FC5B57" w:rsidRPr="004456F9" w:rsidRDefault="00FC5B57" w:rsidP="00FC5B57">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004456F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Versión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7397" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B879341" w14:textId="7F8DAC4B" w:rsidR="00FC5B57" w:rsidRPr="004456F9" w:rsidRDefault="00F5723A" w:rsidP="00F5723A">
+          <w:p w14:paraId="3B879341" w14:textId="5695108B" w:rsidR="00FC5B57" w:rsidRPr="004456F9" w:rsidRDefault="00AB0127" w:rsidP="00FC5B57">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>2.0</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC5B57" w:rsidRPr="004456F9" w14:paraId="70276676" w14:textId="77777777" w:rsidTr="00994FE8">
         <w:trPr>
           <w:trHeight w:val="310"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2937" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D15AC90" w14:textId="77777777" w:rsidR="00FC5B57" w:rsidRPr="004456F9" w:rsidRDefault="00FC5B57" w:rsidP="00FC5B57">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004456F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7397" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5389FFCE" w14:textId="77777777" w:rsidR="00FC5B57" w:rsidRPr="004456F9" w:rsidRDefault="00C217B7" w:rsidP="00FC5B57">
+          <w:p w14:paraId="5389FFCE" w14:textId="77777777" w:rsidR="00FC5B57" w:rsidRPr="004456F9" w:rsidRDefault="00AB0127" w:rsidP="00FC5B57">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidR="00FC5B57" w:rsidRPr="004456F9">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:color w:val="0A77BD"/>
                   <w:kern w:val="24"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC5B57" w:rsidRPr="004456F9" w14:paraId="4D1B0AEB" w14:textId="77777777" w:rsidTr="00994FE8">
@@ -1994,92 +1936,92 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004456F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Correo de contacto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7397" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28FAF95B" w14:textId="38BA513F" w:rsidR="00FC5B57" w:rsidRPr="004456F9" w:rsidRDefault="00C217B7" w:rsidP="00FC5B57">
+          <w:p w14:paraId="28FAF95B" w14:textId="38BA513F" w:rsidR="00FC5B57" w:rsidRPr="004456F9" w:rsidRDefault="00AB0127" w:rsidP="00FC5B57">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:history="1">
               <w:r w:rsidR="00460675" w:rsidRPr="00DA1778">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>estadistica@mtc.gob.pe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00460675">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1BE8A678" w14:textId="77777777" w:rsidR="00766D89" w:rsidRPr="004456F9" w:rsidRDefault="00766D89" w:rsidP="00766D89">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E6576BC" w14:textId="2476AD3F" w:rsidR="009F0CA5" w:rsidRPr="00766D89" w:rsidRDefault="009F0CA5" w:rsidP="00766D89"/>
-    <w:sectPr w:rsidR="009F0CA5" w:rsidRPr="00766D89" w:rsidSect="003E4836">
+    <w:p w14:paraId="5DD26FB8" w14:textId="77777777" w:rsidR="00F00711" w:rsidRPr="00766D89" w:rsidRDefault="00F00711" w:rsidP="00766D89"/>
+    <w:sectPr w:rsidR="00F00711" w:rsidRPr="00766D89" w:rsidSect="003E4836">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2818,106 +2760,110 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="0007756D"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="002F1285"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="00341165"/>
     <w:rsid w:val="00391E6F"/>
     <w:rsid w:val="003D0AF5"/>
+    <w:rsid w:val="003D2EEA"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E4836"/>
     <w:rsid w:val="00460675"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="004F1D9B"/>
     <w:rsid w:val="00504D0A"/>
     <w:rsid w:val="0053263F"/>
     <w:rsid w:val="0059304E"/>
     <w:rsid w:val="005E721D"/>
     <w:rsid w:val="005F2C43"/>
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00647FB5"/>
     <w:rsid w:val="00682CD5"/>
     <w:rsid w:val="00684028"/>
     <w:rsid w:val="0070589E"/>
+    <w:rsid w:val="0071094A"/>
     <w:rsid w:val="00717CED"/>
     <w:rsid w:val="00766D89"/>
     <w:rsid w:val="007838A9"/>
     <w:rsid w:val="007840A6"/>
     <w:rsid w:val="00796A23"/>
     <w:rsid w:val="00835D30"/>
     <w:rsid w:val="00876384"/>
     <w:rsid w:val="00904DBB"/>
     <w:rsid w:val="009379D2"/>
     <w:rsid w:val="0095347C"/>
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="009631AF"/>
     <w:rsid w:val="009704F1"/>
     <w:rsid w:val="009801CB"/>
+    <w:rsid w:val="00983ACB"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
     <w:rsid w:val="009F0CA5"/>
     <w:rsid w:val="00A111EF"/>
     <w:rsid w:val="00AA0D2F"/>
+    <w:rsid w:val="00AB0127"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B6616D"/>
     <w:rsid w:val="00B667F5"/>
     <w:rsid w:val="00BE2CC3"/>
     <w:rsid w:val="00C07AB8"/>
-    <w:rsid w:val="00C217B7"/>
     <w:rsid w:val="00C961F8"/>
     <w:rsid w:val="00CD25C2"/>
     <w:rsid w:val="00D00322"/>
     <w:rsid w:val="00D46075"/>
     <w:rsid w:val="00D5559D"/>
     <w:rsid w:val="00D648C4"/>
     <w:rsid w:val="00D7580E"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
     <w:rsid w:val="00DD67C5"/>
+    <w:rsid w:val="00E11FBB"/>
     <w:rsid w:val="00E47E8C"/>
     <w:rsid w:val="00EB094D"/>
     <w:rsid w:val="00EB1A82"/>
     <w:rsid w:val="00EF5751"/>
+    <w:rsid w:val="00F00711"/>
     <w:rsid w:val="00F1229D"/>
-    <w:rsid w:val="00F5723A"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00FA048A"/>
     <w:rsid w:val="00FA1445"/>
     <w:rsid w:val="00FC5B57"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -3715,50 +3661,51 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2052068829">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estadistica@mtc.gob.pe" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://opendefinition.org/licenses/odc-by/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -3989,69 +3936,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>281</Words>
-  <Characters>1548</Characters>
+  <Words>275</Words>
+  <Characters>1517</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1826</CharactersWithSpaces>
+  <CharactersWithSpaces>1789</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alma Fernanda Vera Quea</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>