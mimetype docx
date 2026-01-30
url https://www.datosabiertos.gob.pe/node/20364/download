--- v0 (2025-11-09)
+++ v1 (2026-01-30)
@@ -141,52 +141,52 @@
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
             <w:r>
               <w:t xml:space="preserve">Este dataset contiene información del registro de Certificado de Defensa Civil a cargo del Centro de Defensa Civil y Gestión de Riesgos de la Municipalidad Provincial de Chiclayo, correspondiente a los años 2024 al 2025, con corte a </w:t>
             </w:r>
-            <w:r w:rsidR="006260E4">
-              <w:t>julio</w:t>
+            <w:r w:rsidR="0018498B">
+              <w:t>diciembre</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> 2025.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00507811" w:rsidRDefault="00507811"/>
           <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>El dataset presenta los siguientes datos:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00507811" w:rsidRDefault="00507811"/>
           <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -378,96 +378,99 @@
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
             <w:r w:rsidRPr="00540741">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
             <w:r w:rsidRPr="00540741">
               <w:t>2024-</w:t>
             </w:r>
-            <w:r w:rsidR="00676BC8">
-              <w:t>08</w:t>
+            <w:r w:rsidR="0018498B">
+              <w:t>12</w:t>
             </w:r>
             <w:r w:rsidR="00315566">
-              <w:t>-23</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="0018498B">
+              <w:t>31</w:t>
             </w:r>
             <w:r w:rsidRPr="00540741">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>, 10:00 (UTC-05:00)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00507811">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
             <w:r w:rsidRPr="00540741">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Versión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
             <w:r w:rsidRPr="00540741">
               <w:t>V.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507811" w:rsidRPr="006260E4">
+      <w:tr w:rsidR="00507811" w:rsidRPr="0018498B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00507811" w:rsidRPr="00776956" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
@@ -714,82 +717,83 @@
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00507811"/>
+    <w:rsid w:val="0018498B"/>
     <w:rsid w:val="00315566"/>
     <w:rsid w:val="003C3CB8"/>
     <w:rsid w:val="00507811"/>
     <w:rsid w:val="00540741"/>
     <w:rsid w:val="006260E4"/>
     <w:rsid w:val="00676BC8"/>
     <w:rsid w:val="00776956"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="49038250"/>
+  <w14:docId w14:val="10846B9E"/>
   <w15:docId w15:val="{9389B315-ADAF-48F6-95D5-0B397B24D565}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-PE" w:eastAsia="es-PE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1737,49 +1741,49 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhQlRo02eQ77dsXp5UKq/23ddpFiA==">CgMxLjA4AHIhMTJGQTlEaU8zY3J0WUhzemFzcGhLalFyWGxLMlE4aGdS</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>264</Words>
-  <Characters>1452</Characters>
+  <Characters>1456</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1713</CharactersWithSpaces>
+  <CharactersWithSpaces>1717</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Alma Fernanda Vera Quea</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>