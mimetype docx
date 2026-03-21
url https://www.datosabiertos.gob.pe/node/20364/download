--- v1 (2026-01-30)
+++ v2 (2026-03-21)
@@ -139,57 +139,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
             <w:r>
-              <w:t xml:space="preserve">Este dataset contiene información del registro de Certificado de Defensa Civil a cargo del Centro de Defensa Civil y Gestión de Riesgos de la Municipalidad Provincial de Chiclayo, correspondiente a los años 2024 al 2025, con corte a </w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> 2025.</w:t>
+              <w:t xml:space="preserve">Este dataset contiene información del registro de Certificado de Defensa Civil a cargo del Centro de Defensa Civil y Gestión de Riesgos de la Municipalidad Provincial de Chiclayo, correspondiente a los años 2024 al </w:t>
+            </w:r>
+            <w:r w:rsidR="00123DA5">
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, con corte a </w:t>
+            </w:r>
+            <w:r w:rsidR="00123DA5">
+              <w:t>enero</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00123DA5">
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00507811" w:rsidRDefault="00507811"/>
           <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>El dataset presenta los siguientes datos:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00507811" w:rsidRDefault="00507811"/>
           <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
@@ -376,101 +388,107 @@
       <w:tr w:rsidR="00507811">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
             <w:r w:rsidRPr="00540741">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
             <w:r w:rsidRPr="00540741">
-              <w:t>2024-</w:t>
-[...2 lines deleted...]
-              <w:t>12</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00123DA5">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00540741">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00123DA5">
+              <w:t>02</w:t>
             </w:r>
             <w:r w:rsidR="00315566">
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="0018498B">
-              <w:t>31</w:t>
+            <w:r w:rsidR="00123DA5">
+              <w:t>18</w:t>
             </w:r>
             <w:r w:rsidRPr="00540741">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>, 10:00 (UTC-05:00)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00507811">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
             <w:r w:rsidRPr="00540741">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Versión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
             <w:r w:rsidRPr="00540741">
               <w:t>V.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507811" w:rsidRPr="0018498B">
+      <w:tr w:rsidR="00507811" w:rsidRPr="00123DA5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00507811" w:rsidRPr="00776956" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
@@ -615,51 +633,54 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00507811">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Cobertura </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
             <w:r w:rsidRPr="00540741">
-              <w:t>Peru, Lambayeque, Chiclayo, Chiclayo, 2024- 2025</w:t>
+              <w:t xml:space="preserve">Peru, Lambayeque, Chiclayo, Chiclayo, 2024- </w:t>
+            </w:r>
+            <w:r w:rsidR="00123DA5">
+              <w:t>2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00507811">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Correo de contacto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -717,83 +738,84 @@
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00507811"/>
+    <w:rsid w:val="00123DA5"/>
     <w:rsid w:val="0018498B"/>
     <w:rsid w:val="00315566"/>
     <w:rsid w:val="003C3CB8"/>
     <w:rsid w:val="00507811"/>
     <w:rsid w:val="00540741"/>
     <w:rsid w:val="006260E4"/>
     <w:rsid w:val="00676BC8"/>
     <w:rsid w:val="00776956"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="10846B9E"/>
+  <w14:docId w14:val="30197D7B"/>
   <w15:docId w15:val="{9389B315-ADAF-48F6-95D5-0B397B24D565}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-PE" w:eastAsia="es-PE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1741,49 +1763,49 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhQlRo02eQ77dsXp5UKq/23ddpFiA==">CgMxLjA4AHIhMTJGQTlEaU8zY3J0WUhzemFzcGhLalFyWGxLMlE4aGdS</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>264</Words>
-  <Characters>1456</Characters>
+  <Characters>1452</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1717</CharactersWithSpaces>
+  <CharactersWithSpaces>1713</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Alma Fernanda Vera Quea</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>