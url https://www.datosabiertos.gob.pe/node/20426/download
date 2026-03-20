--- v0 (2025-10-07)
+++ v1 (2026-03-20)
@@ -1,479 +1,603 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\DataSets-Residuos Solidos-20-12-2024\DATA SETS\Valorización de residuos sólidos a nivel distrital\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Datasets actualización a 2024\8. Valorización de RRSS Orgánicos a nivel dsitrital\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{BF2ADC93-C1FF-43A9-ABB0-070AE469A648}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="690" yWindow="0" windowWidth="13875" windowHeight="15585" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" activeTab="1"/>
   </bookViews>
   <sheets>
-    <sheet name="C. Diccionario de datos Valoriz" sheetId="1" r:id="rId1"/>
+    <sheet name="DICCIONARIO DATOS VAL RRSS ORGA" sheetId="1" r:id="rId1"/>
+    <sheet name="DICCIONARIO DATOS VAL RRSS INOR" sheetId="3" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="0"/>
+  <calcPr calcId="191029"/>
   <extLst>
-    <ext uri="GoogleSheetsCustomDataVersion2">
-      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId5" roundtripDataChecksum="+6c3My29T0FHgbM8HgQV2ZweFeDwB/eq8PuJGOu+01I="/>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="64">
   <si>
     <t>Nombre del Dataset:</t>
   </si>
   <si>
-    <t>Valorización de residuos sólidos orgánicos  - [Ministerio del Ambiente - MINAM]</t>
-[...1 lines deleted...]
-  <si>
     <t>Variable</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Tipo de dato</t>
   </si>
   <si>
     <t>Tamaño</t>
   </si>
   <si>
     <t>Recurso relacionado</t>
   </si>
   <si>
     <t xml:space="preserve">Información Adicional </t>
   </si>
   <si>
     <t>FECHA_CORTE</t>
   </si>
   <si>
     <t>Día en que se generó el DATASET</t>
   </si>
   <si>
     <t>Numérico</t>
   </si>
   <si>
     <t>Formato: aaaammdd</t>
   </si>
   <si>
     <t>N_SEC</t>
   </si>
   <si>
     <t xml:space="preserve">Número correlativo de la información presentada en cada celda. </t>
   </si>
   <si>
+    <t>Numérico</t>
+  </si>
+  <si>
     <t>UBIGEO</t>
   </si>
   <si>
+    <t>Alfanumérico</t>
+  </si>
+  <si>
+    <t>Catálogo del INEI</t>
+  </si>
+  <si>
+    <t>REG_NAT</t>
+  </si>
+  <si>
+    <t>Texto</t>
+  </si>
+  <si>
+    <t>Fuente: INEI</t>
+  </si>
+  <si>
+    <t>DEPARTAMENTO</t>
+  </si>
+  <si>
+    <t>Texto</t>
+  </si>
+  <si>
+    <t>Catálogo del INEI</t>
+  </si>
+  <si>
+    <t>PROVINCIA</t>
+  </si>
+  <si>
+    <t>Texto</t>
+  </si>
+  <si>
+    <t>Catálogo del INEI</t>
+  </si>
+  <si>
+    <t>DISTRITO</t>
+  </si>
+  <si>
+    <t>Texto</t>
+  </si>
+  <si>
+    <t>Catálogo del INEI</t>
+  </si>
+  <si>
+    <t>POB_TOTAL</t>
+  </si>
+  <si>
+    <t>Numérico</t>
+  </si>
+  <si>
+    <t>Fuente: INEI</t>
+  </si>
+  <si>
+    <t>POB_URBANA</t>
+  </si>
+  <si>
+    <t>Numérico</t>
+  </si>
+  <si>
+    <t>Fuente: INEI</t>
+  </si>
+  <si>
+    <t>POB_RURAL</t>
+  </si>
+  <si>
+    <t>Numérico</t>
+  </si>
+  <si>
+    <t>Fuente: INEI</t>
+  </si>
+  <si>
+    <t>Numérico</t>
+  </si>
+  <si>
+    <t>Fuente: SIGERSOL Municipal.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Número real con dos decimales. </t>
+  </si>
+  <si>
+    <t>PERIODO</t>
+  </si>
+  <si>
+    <t>Numérico</t>
+  </si>
+  <si>
+    <t>Formato: aaaa</t>
+  </si>
+  <si>
+    <t>QRESIDUOS_MUN</t>
+  </si>
+  <si>
     <t>Código de Ubicación Geográfica donde se generan los residuos sólidos municipales.</t>
-  </si>
-[...7 lines deleted...]
-    <t>REG_NAT</t>
   </si>
   <si>
     <t xml:space="preserve">Región natural donde se generan los residuos sólidos municipales.
 Son regiones delimitadas considerando las características geográfícas, de relieve, hidrografía, vegetación, clima, entre otros. En esta base de datos se ha tomado en cuenta la clasificacion de región natural, costa, sierra y selva. </t>
   </si>
   <si>
-    <t>Texto</t>
-[...7 lines deleted...]
-  <si>
     <t>Departamento donde se generan los residuos sólidos municipales.
 Ámbito  de mayor nivel del ámbito de mayor nivel de las circunscripciones territoriales de la República (división de primer orden) y se constituye sobre la base del sistema geo-económico y político administrativo conformado por provincias y distritos.</t>
-  </si>
-[...1 lines deleted...]
-    <t>PROVINCIA</t>
   </si>
   <si>
     <t>Provincia donde se generan los residuos sólidos municipales.
 Circunscripción territorial de segundo nivel en el sistema político administrativo, conformada
 para la administración del desarrollo de un ámbito que agrupa distritos; conforma un sistema geoeconómico, que posee recursos humanos y naturales que le permiten establecer una base productiva adecuada para su desarrollo.</t>
   </si>
   <si>
-    <t>DISTRITO</t>
-[...1 lines deleted...]
-  <si>
     <t>Distrito donde se generan los residuos sólidos municipales.
 Unidad territorial base del sistema político administrativo, cuyo ámbito es una unidad geográfica con recursos humanos, económicos, financieros apta para el ejercicio de gobierno, administración, integración y desarrollo; con una población caracterizada por tener identidad histórico-cultural y capacidad de demandar y mantener servicios.</t>
   </si>
   <si>
-    <t>POB_TOTAL</t>
+    <t>Cantidad de personas en zona urbana del distrito donde se generaron los residuos sólidos municipales.</t>
+  </si>
+  <si>
+    <t>Cantidad de personas en zona rural del distrito donde se generaron los residuos sólidos municipales.</t>
   </si>
   <si>
     <t>Es la totalidad de la población urbana y población rural del distrito donde se generaron los residuos sólidos municipales.</t>
-  </si>
-[...13 lines deleted...]
-    <t>QRESIDUOS_MUN</t>
   </si>
   <si>
     <t xml:space="preserve">Cantidad de residuos de origen municipal que se generaron en el distrito, asociada a la población urbana de la zona. Este indicador se calcula a partir de la generación per cápita de residuos sólidos municipales. 
 Los residuos sólidos municipales son aquellos conformados por los residuos domiciliarios y los residuos no domiciliarios provenientes del barrido y limpieza de espacios públicos, incluyendo las playas, actividades comerciales y otras actividades urbanas no domiciliarias cuyos residuos se pueden asimilar a los servicios de limpieza pública, en todo el ámbito de su jurisdicción.
 Ton/Año (Toneladas por año): Toneladas de residuos municipales generados anualmente. </t>
   </si>
   <si>
-    <t>Fuente: SIGERSOL Municipal.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Número real con dos decimales. </t>
+    <t>QRESIDUOS _VAL</t>
+  </si>
+  <si>
+    <t>Cantidad de residuos orgánicos e inorganicos, que se transformaron química y/o biológicamente, para constituirse, de manera total o parcial, como insumos, materiales o recursos en los diversos procesos; así como en la recuperación de componentes o materiales.
+Ton/Año (Toneladas por año): Toneladas de residuos municipales valorizados anualmente</t>
+  </si>
+  <si>
+    <t>Valorización de residuos sólidos orgánicos  - [Ministerio del Ambiente - MINAM]</t>
   </si>
   <si>
     <t>QRESIDUOS _VAL_ORGAN</t>
   </si>
   <si>
-    <t>Cantidad de residuos orgánicos valorizados, comprendiendo a los provenientes de la maleza y poda, residuos de alimentos, y otros residuos orgánicos. 
+    <t xml:space="preserve">Año de valorización de residuos sólidos municipales orgánicos. </t>
+  </si>
+  <si>
+    <t>Cantidad de residuos orgánicos valorizados provenientes del mantenimiento de áreas verdes y mercados municipales, así como de los residuos orgánicos de origen domiciliario. 
 Ton/Año (Toneladas por año): Toneladas de residuos orgánicos valorizados anualmente</t>
   </si>
   <si>
-    <t>PERIODO</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Año de valorización de residuos sólidos municipales orgánicos e inorgánicos. </t>
+    <t>Valorización de residuos sólidos inorgánicos  - [Ministerio del Ambiente - MINAM]</t>
   </si>
   <si>
     <t>QRESIDUOS _VAL_INORGAN</t>
   </si>
   <si>
     <t>Cantidad de residuos sólidos municipales inorgánicos valorizados, considerando los siguientes tipos: papel, cartón, vidrio, plásticos (PET, PEAD, PEBD, PP, PS y PVC), tetra brik y metales (acero, fierro, hojalata y otros).
 Ton/Año (Toneladas por año): Toneladas de residuos inorgánicos valorizados anualmente</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Año de valorización de residuos sólidos municipales inorgánicos. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="6" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+  <fonts count="6">
     <font>
       <sz val="11"/>
-      <color rgb="FF000000"/>
       <name val="Calibri"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="1"/>
+      <name val="Arial Nova Light"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color theme="1"/>
-      <name val="Arial"/>
+      <name val="Arial Nova Light"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
-      <color theme="1"/>
-      <name val="Arial"/>
+      <name val="Arial Nova Light"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial Nova Light"/>
       <family val="2"/>
     </font>
-    <font>
-[...2 lines deleted...]
-    </font>
   </fonts>
-  <fills count="7">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFF2CC"/>
-        <bgColor rgb="FFFFF2CC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
-        <bgColor rgb="FFFFFFFF"/>
-[...16 lines deleted...]
-        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFA6A6A6"/>
       </left>
       <right style="thin">
         <color rgb="FFA6A6A6"/>
       </right>
       <top style="thin">
         <color rgb="FFA6A6A6"/>
       </top>
       <bottom style="thin">
         <color rgb="FFA6A6A6"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
-    <a:clrScheme name="Sheets">
+    <a:clrScheme name="Office">
       <a:dk1>
-        <a:srgbClr val="000000"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="FFFFFF"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="000000"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="FFFFFF"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Sheets">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-        <a:cs typeface="Calibri"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-        <a:cs typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -572,28248 +696,918 @@
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:Z1000"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A2:AMJ37"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A10" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="B23" sqref="B23"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.109375" defaultRowHeight="15" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="21.7109375" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="26" width="9.140625" customWidth="1"/>
+    <col min="1" max="1" width="21.6640625" style="1"/>
+    <col min="2" max="2" width="91.33203125" style="2"/>
+    <col min="3" max="3" width="17.33203125" style="2"/>
+    <col min="4" max="4" width="11.5546875" style="2"/>
+    <col min="5" max="5" width="24.44140625" style="2"/>
+    <col min="6" max="6" width="28.6640625" style="2"/>
+    <col min="7" max="1024" width="11.5546875" style="3"/>
+    <col min="1025" max="1025" width="11.44140625"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:26" x14ac:dyDescent="0.25">
-[...28 lines deleted...]
-      <c r="A2" s="3" t="s">
+    <row r="2" spans="1:6" ht="14.4">
+      <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="4" t="s">
+      <c r="B2" s="5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A4" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="2"/>
-[...53 lines deleted...]
-      <c r="A4" s="5" t="s">
+      <c r="B4" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="C4" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="D4" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="E4" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="F4" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="5" t="s">
+    </row>
+    <row r="5" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A5" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="2"/>
-[...21 lines deleted...]
-      <c r="A5" s="6" t="s">
+      <c r="B5" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B5" s="7" t="s">
+      <c r="C5" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="C5" s="7" t="s">
+      <c r="D5" s="9">
+        <v>8</v>
+      </c>
+      <c r="E5" s="8"/>
+      <c r="F5" s="10" t="s">
         <v>10</v>
       </c>
-      <c r="D5" s="8">
+    </row>
+    <row r="6" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A6" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" s="9">
+        <v>4</v>
+      </c>
+      <c r="E6" s="8"/>
+      <c r="F6" s="10"/>
+    </row>
+    <row r="7" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A7" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" s="20" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="9">
+        <v>6</v>
+      </c>
+      <c r="E7" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="F7" s="10"/>
+    </row>
+    <row r="8" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A8" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" s="9">
+        <v>6</v>
+      </c>
+      <c r="E8" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F8" s="10"/>
+    </row>
+    <row r="9" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A9" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D9" s="9">
+        <v>13</v>
+      </c>
+      <c r="E9" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="10"/>
+    </row>
+    <row r="10" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A10" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" s="9">
+        <v>50</v>
+      </c>
+      <c r="E10" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="F10" s="10"/>
+    </row>
+    <row r="11" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A11" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" s="9">
+        <v>50</v>
+      </c>
+      <c r="E11" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="F11" s="10"/>
+    </row>
+    <row r="12" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" s="9">
         <v>8</v>
       </c>
-      <c r="E5" s="7"/>
-      <c r="F5" s="9" t="s">
+      <c r="E12" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="F12" s="10"/>
+    </row>
+    <row r="13" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A13" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" s="9">
+        <v>8</v>
+      </c>
+      <c r="E13" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F13" s="10"/>
+    </row>
+    <row r="14" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A14" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B14" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" s="9">
+        <v>8</v>
+      </c>
+      <c r="E14" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="F14" s="10"/>
+    </row>
+    <row r="15" spans="1:6" s="11" customFormat="1" ht="125.25" customHeight="1">
+      <c r="A15" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="B15" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" s="9">
+        <v>12</v>
+      </c>
+      <c r="E15" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" s="11" customFormat="1" ht="82.5" customHeight="1">
+      <c r="A16" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="B16" s="18" t="s">
+        <v>55</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D16" s="9">
+        <v>12</v>
+      </c>
+      <c r="E16" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" s="11" customFormat="1" ht="91.5" customHeight="1">
+      <c r="A17" s="18" t="s">
+        <v>57</v>
+      </c>
+      <c r="B17" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D17" s="9">
+        <v>19</v>
+      </c>
+      <c r="E17" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A18" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B18" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="9">
+        <v>4</v>
+      </c>
+      <c r="E18" s="12"/>
+      <c r="F18" s="10" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A19" s="13"/>
+      <c r="B19" s="13"/>
+      <c r="C19" s="14"/>
+      <c r="D19" s="15"/>
+      <c r="E19" s="16"/>
+      <c r="F19" s="16"/>
+    </row>
+    <row r="20" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A20" s="13"/>
+      <c r="B20" s="13"/>
+      <c r="C20" s="14"/>
+      <c r="D20" s="15"/>
+      <c r="E20" s="16"/>
+      <c r="F20" s="16"/>
+    </row>
+    <row r="21" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A21" s="13"/>
+      <c r="B21" s="19"/>
+      <c r="C21" s="14"/>
+      <c r="D21" s="15"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+    </row>
+    <row r="22" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A22" s="13"/>
+      <c r="B22" s="13"/>
+      <c r="C22" s="14"/>
+      <c r="D22" s="15"/>
+      <c r="E22" s="16"/>
+      <c r="F22" s="16"/>
+    </row>
+    <row r="23" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A23" s="13"/>
+      <c r="B23" s="13"/>
+      <c r="C23" s="14"/>
+      <c r="D23" s="15"/>
+      <c r="E23" s="16"/>
+      <c r="F23" s="16"/>
+    </row>
+    <row r="24" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A24" s="13"/>
+      <c r="B24" s="13"/>
+      <c r="C24" s="14"/>
+      <c r="D24" s="15"/>
+      <c r="E24" s="16"/>
+      <c r="F24" s="16"/>
+    </row>
+    <row r="25" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A25" s="13"/>
+      <c r="B25" s="13"/>
+      <c r="C25" s="14"/>
+      <c r="D25" s="15"/>
+      <c r="E25" s="16"/>
+      <c r="F25" s="16"/>
+    </row>
+    <row r="26" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A26" s="13"/>
+      <c r="B26" s="13"/>
+      <c r="C26" s="21"/>
+      <c r="D26" s="15"/>
+      <c r="E26" s="16"/>
+      <c r="F26" s="16"/>
+    </row>
+    <row r="27" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A27" s="13"/>
+      <c r="B27" s="13"/>
+      <c r="C27" s="14"/>
+      <c r="D27" s="15"/>
+      <c r="E27" s="16"/>
+      <c r="F27" s="13"/>
+    </row>
+    <row r="28" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A28" s="13"/>
+      <c r="B28" s="13"/>
+      <c r="C28" s="14"/>
+      <c r="D28" s="15"/>
+      <c r="E28" s="16"/>
+      <c r="F28" s="16"/>
+    </row>
+    <row r="29" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A29" s="13"/>
+      <c r="B29" s="13"/>
+      <c r="C29" s="14"/>
+      <c r="D29" s="15"/>
+      <c r="E29" s="13"/>
+      <c r="F29" s="13"/>
+    </row>
+    <row r="30" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A30" s="13"/>
+      <c r="B30" s="13"/>
+      <c r="C30" s="14"/>
+      <c r="D30" s="15"/>
+      <c r="E30" s="16"/>
+      <c r="F30" s="16"/>
+    </row>
+    <row r="33" spans="3:3" ht="14.4">
+      <c r="C33" s="17"/>
+    </row>
+    <row r="34" spans="3:3" ht="14.4">
+      <c r="C34" s="17"/>
+    </row>
+    <row r="35" spans="3:3" ht="14.4">
+      <c r="C35" s="17"/>
+    </row>
+    <row r="36" spans="3:3" ht="14.4">
+      <c r="C36" s="17"/>
+    </row>
+    <row r="37" spans="3:3" ht="14.4">
+      <c r="C37" s="17"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A2:AMJ37"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B15" sqref="B15"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.109375" defaultRowHeight="15" customHeight="1"/>
+  <cols>
+    <col min="1" max="1" width="29.77734375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="67.44140625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="13.5546875" style="2" customWidth="1"/>
+    <col min="4" max="4" width="9.109375" style="2"/>
+    <col min="5" max="5" width="21" style="2" customWidth="1"/>
+    <col min="6" max="6" width="25" style="2" customWidth="1"/>
+    <col min="7" max="1024" width="9.109375" style="3"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="1:6" ht="14.4">
+      <c r="A2" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" s="3" customFormat="1" ht="55.2">
+      <c r="A4" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="D4" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="F4" s="6" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A5" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="9">
+        <v>8</v>
+      </c>
+      <c r="E5" s="8"/>
+      <c r="F5" s="10" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A6" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="G5" s="10"/>
-[...21 lines deleted...]
-      <c r="A6" s="6" t="s">
+      <c r="B6" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="C6" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="9">
+        <v>4</v>
+      </c>
+      <c r="E6" s="8"/>
+      <c r="F6" s="10"/>
+    </row>
+    <row r="7" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A7" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" s="20" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="9">
+        <v>6</v>
+      </c>
+      <c r="E7" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="F7" s="10"/>
+    </row>
+    <row r="8" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A8" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" s="9">
+        <v>6</v>
+      </c>
+      <c r="E8" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F8" s="10"/>
+    </row>
+    <row r="9" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A9" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" s="9">
         <v>13</v>
       </c>
-      <c r="C6" s="7" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="8">
+      <c r="E9" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="F9" s="10"/>
+    </row>
+    <row r="10" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A10" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" s="9">
+        <v>50</v>
+      </c>
+      <c r="E10" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="F10" s="10"/>
+    </row>
+    <row r="11" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A11" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" s="9">
+        <v>50</v>
+      </c>
+      <c r="E11" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="F11" s="10"/>
+    </row>
+    <row r="12" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A12" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" s="9">
+        <v>8</v>
+      </c>
+      <c r="E12" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F12" s="10"/>
+    </row>
+    <row r="13" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A13" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D13" s="9">
+        <v>8</v>
+      </c>
+      <c r="E13" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F13" s="10"/>
+    </row>
+    <row r="14" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A14" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B14" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D14" s="9">
+        <v>8</v>
+      </c>
+      <c r="E14" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F14" s="10"/>
+    </row>
+    <row r="15" spans="1:6" s="11" customFormat="1" ht="125.25" customHeight="1">
+      <c r="A15" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="B15" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" s="9">
+        <v>12</v>
+      </c>
+      <c r="E15" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" s="11" customFormat="1" ht="82.5" customHeight="1">
+      <c r="A16" s="18" t="s">
+        <v>54</v>
+      </c>
+      <c r="B16" s="18" t="s">
+        <v>55</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D16" s="9">
+        <v>12</v>
+      </c>
+      <c r="E16" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" s="11" customFormat="1" ht="91.5" customHeight="1">
+      <c r="A17" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D17" s="9">
+        <v>19</v>
+      </c>
+      <c r="E17" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" s="11" customFormat="1" ht="83.25" customHeight="1">
+      <c r="A18" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B18" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D18" s="9">
         <v>4</v>
       </c>
-      <c r="E6" s="7"/>
-[...407 lines deleted...]
-      <c r="A17" s="19" t="s">
+      <c r="E18" s="12"/>
+      <c r="F18" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="B17" s="20" t="s">
-[...467 lines deleted...]
-      <c r="B33" s="2"/>
+    </row>
+    <row r="19" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A19" s="13"/>
+      <c r="B19" s="13"/>
+      <c r="C19" s="14"/>
+      <c r="D19" s="15"/>
+      <c r="E19" s="16"/>
+      <c r="F19" s="16"/>
+    </row>
+    <row r="20" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A20" s="13"/>
+      <c r="B20" s="13"/>
+      <c r="C20" s="14"/>
+      <c r="D20" s="15"/>
+      <c r="E20" s="16"/>
+      <c r="F20" s="16"/>
+    </row>
+    <row r="21" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A21" s="13"/>
+      <c r="B21" s="19"/>
+      <c r="C21" s="14"/>
+      <c r="D21" s="15"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+    </row>
+    <row r="22" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A22" s="13"/>
+      <c r="B22" s="13"/>
+      <c r="C22" s="14"/>
+      <c r="D22" s="15"/>
+      <c r="E22" s="16"/>
+      <c r="F22" s="16"/>
+    </row>
+    <row r="23" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A23" s="13"/>
+      <c r="B23" s="13"/>
+      <c r="C23" s="14"/>
+      <c r="D23" s="15"/>
+      <c r="E23" s="16"/>
+      <c r="F23" s="16"/>
+    </row>
+    <row r="24" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A24" s="13"/>
+      <c r="B24" s="13"/>
+      <c r="C24" s="14"/>
+      <c r="D24" s="15"/>
+      <c r="E24" s="16"/>
+      <c r="F24" s="16"/>
+    </row>
+    <row r="25" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A25" s="13"/>
+      <c r="B25" s="13"/>
+      <c r="C25" s="14"/>
+      <c r="D25" s="15"/>
+      <c r="E25" s="16"/>
+      <c r="F25" s="16"/>
+    </row>
+    <row r="26" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A26" s="13"/>
+      <c r="B26" s="13"/>
+      <c r="C26" s="21"/>
+      <c r="D26" s="15"/>
+      <c r="E26" s="16"/>
+      <c r="F26" s="16"/>
+    </row>
+    <row r="27" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A27" s="13"/>
+      <c r="B27" s="13"/>
+      <c r="C27" s="14"/>
+      <c r="D27" s="15"/>
+      <c r="E27" s="16"/>
+      <c r="F27" s="13"/>
+    </row>
+    <row r="28" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A28" s="13"/>
+      <c r="B28" s="13"/>
+      <c r="C28" s="14"/>
+      <c r="D28" s="15"/>
+      <c r="E28" s="16"/>
+      <c r="F28" s="16"/>
+    </row>
+    <row r="29" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A29" s="13"/>
+      <c r="B29" s="13"/>
+      <c r="C29" s="14"/>
+      <c r="D29" s="15"/>
+      <c r="E29" s="13"/>
+      <c r="F29" s="13"/>
+    </row>
+    <row r="30" spans="1:6" s="3" customFormat="1" ht="13.8">
+      <c r="A30" s="13"/>
+      <c r="B30" s="13"/>
+      <c r="C30" s="14"/>
+      <c r="D30" s="15"/>
+      <c r="E30" s="16"/>
+      <c r="F30" s="16"/>
+    </row>
+    <row r="33" spans="3:3" ht="14.4">
       <c r="C33" s="17"/>
-      <c r="D33" s="2"/>
-[...25 lines deleted...]
-      <c r="B34" s="2"/>
+    </row>
+    <row r="34" spans="3:3" ht="14.4">
       <c r="C34" s="17"/>
-      <c r="D34" s="2"/>
-[...25 lines deleted...]
-      <c r="B35" s="2"/>
+    </row>
+    <row r="35" spans="3:3" ht="14.4">
       <c r="C35" s="17"/>
-      <c r="D35" s="2"/>
-[...25 lines deleted...]
-      <c r="B36" s="2"/>
+    </row>
+    <row r="36" spans="3:3" ht="14.4">
       <c r="C36" s="17"/>
-      <c r="D36" s="2"/>
-[...25 lines deleted...]
-      <c r="B37" s="2"/>
+    </row>
+    <row r="37" spans="3:3" ht="14.4">
       <c r="C37" s="17"/>
-      <c r="D37" s="2"/>
-[...26985 lines deleted...]
-      <c r="Z1000" s="2"/>
     </row>
   </sheetData>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
-  <pageSetup paperSize="9" orientation="portrait"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>C. Diccionario de datos Valoriz</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>DICCIONARIO DATOS VAL RRSS ORGA</vt:lpstr>
+      <vt:lpstr>DICCIONARIO DATOS VAL RRSS INOR</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Victor Hugo Gutierrez Toledo</dc:creator>
+  <dc:creator>VICTOR GT</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>