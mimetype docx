--- v0 (2025-10-07)
+++ v1 (2026-03-23)
@@ -1,1130 +1,1849 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="4735A988" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2B2CF1CA" w14:textId="31C99E76" w:rsidR="0095347C" w:rsidRPr="00717CED" w:rsidRDefault="009F0CA5" w:rsidP="00717CED">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00717CED">
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>METADATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70B59215" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00210107"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Metadatos del dataset:  Valorización de residuos sólidos </w:t>
+    <w:p w14:paraId="6F6FA515" w14:textId="291CF929" w:rsidR="009F0CA5" w:rsidRPr="009F0CA5" w:rsidRDefault="009F0CA5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="578F6E56" w14:textId="53FF1C16" w:rsidR="009F0CA5" w:rsidRPr="007468E8" w:rsidRDefault="009F0CA5" w:rsidP="00BE2CC3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007468E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Metadatos del </w:t>
       </w:r>
-      <w:r w:rsidR="0018243C">
-        <w:t xml:space="preserve">a nivel distrital </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007468E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>dataset</w:t>
       </w:r>
-      <w:r>
-        <w:t>- [Ministerio del Ambiente - MINAM]</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB1A82" w:rsidRPr="007468E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007468E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00242FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Valorización</w:t>
+      </w:r>
+      <w:r w:rsidR="007468E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E4DA4" w:rsidRPr="007468E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>de residuos sólidos</w:t>
+      </w:r>
+      <w:r w:rsidR="00242FD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> orgánicos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007468E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - [Ministerio de</w:t>
+      </w:r>
+      <w:r w:rsidR="004E4DA4" w:rsidRPr="007468E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>l Ambiente</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC3319">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007468E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>- M</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1229D" w:rsidRPr="007468E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>IN</w:t>
+      </w:r>
+      <w:r w:rsidR="004E4DA4" w:rsidRPr="007468E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>AM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007468E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a"/>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="10456" w:type="dxa"/>
-        <w:tblInd w:w="0" w:type="dxa"/>
-[...9 lines deleted...]
-        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2972"/>
         <w:gridCol w:w="7484"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00210107" w14:paraId="50FCEFBF" w14:textId="77777777">
+      <w:tr w:rsidR="00504D0A" w:rsidRPr="007468E8" w14:paraId="30B6BD9E" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC2B414" w14:textId="36EC401E" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2E49C04D" w14:textId="2226C055" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00DA6578" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00504D0A" w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Título</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07833E62" w14:textId="05BB8590" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="301BAC89" w14:textId="3983C22E" w:rsidR="00504D0A" w:rsidRPr="00FC3319" w:rsidRDefault="00242FD4" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00242FD4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Valorización de residuos sólidos </w:t>
             </w:r>
-            <w:r w:rsidR="004F1611">
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> - [Ministerio del Ambiente - MINAM]</w:t>
+            <w:r w:rsidR="00483C98">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00242FD4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rgánicos </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC3319" w:rsidRPr="00FC3319">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- [Ministerio del Ambiente - MINAM]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00210107" w14:paraId="32394B0A" w14:textId="77777777">
+      <w:tr w:rsidR="00504D0A" w:rsidRPr="007468E8" w14:paraId="1E2BA938" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12864A6E" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="17CCE901" w14:textId="235EEF53" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Título URL Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44E221D9" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00210107">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0AF6190C" w14:textId="77777777" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00210107" w14:paraId="7BB3447A" w14:textId="77777777">
+      <w:tr w:rsidR="00504D0A" w:rsidRPr="007468E8" w14:paraId="2EC58AEF" w14:textId="77777777" w:rsidTr="00BC3FC0">
         <w:trPr>
           <w:trHeight w:val="3289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B0083DD" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="24E79BF0" w14:textId="0C1004DE" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DCFAF32" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7D96F860" w14:textId="35B47EE0" w:rsidR="0094755B" w:rsidRDefault="0094755B" w:rsidP="00AA3861">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0094755B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La valorización </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="6380D8F2" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00210107">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de residuos sólidos </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0094755B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>constituye la alternativa de gestión y manejo que debe priorizarse frente a la disposición final de los residuos. Dicha operación consiste en la transformación química y/o biológica de los residuos sólidos, para constituirse, de manera total o parcial, como insumos, materiales o recursos en los diversos procesos; así como en la recuperación de componentes o materiales, establecida en la normativa.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="687432A3" w14:textId="77777777" w:rsidR="00C3455E" w:rsidRDefault="00C3455E" w:rsidP="00AA3861">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="602850E7" w14:textId="4FC05033" w:rsidR="0018243C" w:rsidRDefault="0018243C">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="278A4DA1" w14:textId="48CB2E1A" w:rsidR="00C3455E" w:rsidRDefault="00C3455E" w:rsidP="00AA3861">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C3455E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Estos residuos pueden ser:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="610F9633" w14:textId="330646FB" w:rsidR="00210107" w:rsidRPr="0018243C" w:rsidRDefault="0018243C" w:rsidP="0018243C">
+          <w:p w14:paraId="12FFE23D" w14:textId="77777777" w:rsidR="0094755B" w:rsidRDefault="0094755B" w:rsidP="00AA3861">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78030684" w14:textId="67273E68" w:rsidR="00D30CEE" w:rsidRPr="00C3455E" w:rsidRDefault="00CC5728" w:rsidP="00AB3B42">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
+              <w:ind w:left="460"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="091B7BDA" w14:textId="12DDCB40" w:rsidR="0018243C" w:rsidRPr="0018243C" w:rsidRDefault="0018243C" w:rsidP="0018243C">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3B42">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Los residuos sólidos orgánicos valorizables están conformados por: residuos de alimentos, de maleza y poda y oreos residuos orgánicos. </w:t>
+            </w:r>
+            <w:r w:rsidR="00D30CEE" w:rsidRPr="00C3455E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>La unidad de medida son las toneladas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67920FD8" w14:textId="6976B92B" w:rsidR="00AB3B42" w:rsidRPr="00C3455E" w:rsidRDefault="00AB3B42" w:rsidP="00AB3B42">
+            <w:pPr>
+              <w:ind w:left="460"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="es-PE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C4DE6AC" w14:textId="77777777" w:rsidR="00AB3B42" w:rsidRPr="00AB3B42" w:rsidRDefault="00AB3B42" w:rsidP="00AB3B42">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
+              <w:ind w:left="460"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="2E021E03" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00210107">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3B42">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Los residuos sólidos inorgánicos valorizables están conformados por: papel, cartón, vidrio, plásticos (PET, PEAD, PEBD, PP, PS y PVC), tetra </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB3B42">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>brik</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB3B42">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y metales (acero, fierro, hojalata y </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00AB3B42">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">otros). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C3455E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>La unidad de medida son las toneladas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EAF33A5" w14:textId="77777777" w:rsidR="0094755B" w:rsidRPr="007468E8" w:rsidRDefault="0094755B" w:rsidP="00AA3861">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="224619C1" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="193E6D67" w14:textId="77777777" w:rsidR="00CC5728" w:rsidRDefault="00CC5728" w:rsidP="00CC5728">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>La información que se toma de insumo para la estimación de esta estadística es obtenida a partir de los reportes de información sobre la gestión de los residuos sólidos que realizan anualmente las municipalidades provinciales y distritales en el Sistema de Información para la Gestión de los Residuos Sólidos – SIGERSOL del ámbito municipal, el cual es administrado por el Ministerio del Ambiente</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="7656D195" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00210107">
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>; y, en algunos casos, los datos que reportan las municipalidades como parte de la actividad de valorización del Compromiso 3 del Programa de Incentivos a la Mejora de la Gestión Municipal.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1768E929" w14:textId="3D7736D0" w:rsidR="00AE224F" w:rsidRPr="007468E8" w:rsidRDefault="00AE224F" w:rsidP="00AA3861">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00210107" w14:paraId="19955C8A" w14:textId="77777777">
+      <w:tr w:rsidR="00504D0A" w:rsidRPr="007468E8" w14:paraId="283C9B4F" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2756E632" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="51D63ABD" w14:textId="5D977796" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Entidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC9D8F7" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-              <w:t>Ministerio del Ambiente – MINAM</w:t>
+          <w:p w14:paraId="391CFDAD" w14:textId="2B4841A6" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00F063B5" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ministerio del Ambiente </w:t>
+            </w:r>
+            <w:r w:rsidR="00F17925">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MINAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00210107" w14:paraId="2C5B2649" w14:textId="77777777">
+      <w:tr w:rsidR="00504D0A" w:rsidRPr="007468E8" w14:paraId="1598F2E3" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="120BE7B0" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4723B4D8" w14:textId="16D3A583" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Fuente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DC3FE56" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">de la Dirección General de Gestión de Residuos Sólidos </w:t>
+          <w:p w14:paraId="14AEEBCE" w14:textId="2CDFD966" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00846AC7" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dirección de Instrumentos de Gestión de Residuos Sólidos</w:t>
+            </w:r>
+            <w:r w:rsidR="004E4DA4" w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de la Dirección General de </w:t>
+            </w:r>
+            <w:r w:rsidR="00881CC6" w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gestión de </w:t>
+            </w:r>
+            <w:r w:rsidR="004E4DA4" w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Residuos Sólidos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00210107" w14:paraId="7B96626E" w14:textId="77777777">
+      <w:tr w:rsidR="00504D0A" w:rsidRPr="007468E8" w14:paraId="28E3066C" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FD89357" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="316C6F46" w14:textId="50815B45" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Etiquetas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72993BC1" w14:textId="2FA37BBF" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...25 lines deleted...]
-              <w:t>Valorización de Residuos Sólidos Inorgánicos</w:t>
+          <w:p w14:paraId="5B88C464" w14:textId="080D4849" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00F063B5" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Residuos</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA5764">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, municipal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00210107" w14:paraId="5D18C318" w14:textId="77777777">
+      <w:tr w:rsidR="00504D0A" w:rsidRPr="007468E8" w14:paraId="43175C4D" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="534B17F6" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="12BAD6F9" w14:textId="0D974740" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Fecha de creación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02E317E8" w14:textId="6B5595E3" w:rsidR="00210107" w:rsidRDefault="004E2921">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="71ED991A" w14:textId="116E298B" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00EB45F2" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>2024-12-12</w:t>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2025-12-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00210107" w14:paraId="2C5BE74F" w14:textId="77777777">
+      <w:tr w:rsidR="00504D0A" w:rsidRPr="007468E8" w14:paraId="011842A8" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A01692F" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="35EB519A" w14:textId="7F952C47" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Frecuencia de actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="432CE50C" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="234AA13C" w14:textId="0B20CA5A" w:rsidR="00504D0A" w:rsidRPr="007468E8" w:rsidRDefault="00846AC7" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Anual</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00210107" w14:paraId="7C38A330" w14:textId="77777777">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="007468E8" w14:paraId="2C94159F" w14:textId="77777777" w:rsidTr="007468E8">
         <w:trPr>
           <w:trHeight w:val="208"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CC59565" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4C1DE0E1" w14:textId="18D08B51" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23011969" w14:textId="02955BB7" w:rsidR="00210107" w:rsidRDefault="004E2921">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="1B051219" w14:textId="1B106B85" w:rsidR="003560AB" w:rsidRPr="007468E8" w:rsidRDefault="00EB45F2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>2024-12-12</w:t>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2025-12-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00210107" w14:paraId="6F969D2C" w14:textId="77777777">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="007468E8" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="00832C3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23D964AC" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="59316C5D" w14:textId="137D6F15" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Versión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65F7D441" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="682DC893" w14:textId="149FEEC6" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="00FC3319" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">1.0 </w:t>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00846AC7" w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00210107" w:rsidRPr="00FB644F" w14:paraId="0A0AF968" w14:textId="77777777">
+      <w:tr w:rsidR="000D1C10" w:rsidRPr="00AB3B42" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00832C3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00189FD8" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="000D1C10" w:rsidRPr="007468E8" w:rsidRDefault="000D1C10" w:rsidP="000D1C10">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB8C283" w14:textId="77777777" w:rsidR="00210107" w:rsidRPr="004E2921" w:rsidRDefault="00210107">
-[...3 lines deleted...]
-                <w:u w:val="single"/>
+          <w:p w14:paraId="2A8300A7" w14:textId="56A44F11" w:rsidR="000D1C10" w:rsidRPr="00610FAA" w:rsidRDefault="00C3455E" w:rsidP="000D1C10">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hipervnculo"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId6">
-              <w:r w:rsidRPr="004E2921">
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidR="000D1C10" w:rsidRPr="00610FAA">
                 <w:rPr>
-                  <w:color w:val="0563C1"/>
+                  <w:rStyle w:val="Hipervnculo"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
-                  <w:u w:val="single"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00210107" w14:paraId="1EA7D999" w14:textId="77777777">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="007468E8" w14:paraId="50813B98" w14:textId="77777777" w:rsidTr="00832C3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="620EB56A" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="78F51BD0" w14:textId="026C8583" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Idioma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69528AE8" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="00A83837" w14:textId="4C6C4345" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Español</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00210107" w14:paraId="2C73B926" w14:textId="77777777">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="007468E8" w14:paraId="1117E997" w14:textId="77777777" w:rsidTr="00832C3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28538AF7" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1CADEF4B" w14:textId="184AA53E" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Nivel de acceso público</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2806EB0A" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="64FB206D" w14:textId="705D940B" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Público</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00210107" w14:paraId="71F82FEF" w14:textId="77777777">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="007468E8" w14:paraId="7E0D1F8D" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E92AA76" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="44582A03" w14:textId="175F5ABC" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Tipo de recurso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA271E6" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="203A77A8" w14:textId="328AECF8" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dataset</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00210107" w14:paraId="26387D9A" w14:textId="77777777">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="007468E8" w14:paraId="002B4018" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5953EA8B" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7C20EDCE" w14:textId="0318ABEF" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Formato</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0359C71E" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4E46760A" w14:textId="1FBB55B3" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CSV</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00210107" w14:paraId="173F9F16" w14:textId="77777777">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="007468E8" w14:paraId="7A5EEEA5" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60373D28" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="14C8EAEF" w14:textId="0A3D3873" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">Cobertura </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42321AEC" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-              <w:t>Perú, 2019-2023</w:t>
+          <w:p w14:paraId="29A0014F" w14:textId="02951480" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="004E4DA4" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Perú, 201</w:t>
+            </w:r>
+            <w:r w:rsidR="00242FD4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB45F2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00210107" w14:paraId="61538728" w14:textId="77777777">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="007468E8" w14:paraId="494AA20C" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EC6D02D" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6E758B40" w14:textId="2431496E" w:rsidR="00CD25C2" w:rsidRPr="007468E8" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Correo de contacto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C2D4F9A" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00210107">
-[...7 lines deleted...]
-              <w:r>
+          <w:p w14:paraId="4E87C2D7" w14:textId="1C1ED08A" w:rsidR="00CD25C2" w:rsidRPr="003354C7" w:rsidRDefault="00C3455E" w:rsidP="00CD25C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidR="003354C7" w:rsidRPr="003354C7">
                 <w:rPr>
-                  <w:color w:val="0563C1"/>
+                  <w:rStyle w:val="Hipervnculo"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
-                  <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>vmendoza@minam.gob.pe</w:t>
+                <w:t>msandoval</w:t>
+              </w:r>
+              <w:r w:rsidR="003354C7" w:rsidRPr="003354C7">
+                <w:rPr>
+                  <w:rStyle w:val="Hipervnculo"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>@minam.gob.pe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5C74FCEB" w14:textId="77777777" w:rsidR="00210107" w:rsidRDefault="00210107"/>
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="00210107">
+    <w:p w14:paraId="633FB76F" w14:textId="57B106AA" w:rsidR="004E4DA4" w:rsidRDefault="004E4DA4" w:rsidP="00DA6578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D59965A" w14:textId="30E9D86F" w:rsidR="007468E8" w:rsidRDefault="007468E8" w:rsidP="00DA6578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1620D6B8" w14:textId="04DA13C2" w:rsidR="007468E8" w:rsidRDefault="007468E8" w:rsidP="00DA6578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D34B4D2" w14:textId="2A09B0BC" w:rsidR="007468E8" w:rsidRDefault="007468E8" w:rsidP="00DA6578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50CDEAF9" w14:textId="06BC21A9" w:rsidR="007468E8" w:rsidRDefault="007468E8" w:rsidP="00DA6578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A6403A4" w14:textId="69ECB412" w:rsidR="007468E8" w:rsidRDefault="007468E8" w:rsidP="00DA6578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38C4FC5E" w14:textId="78127637" w:rsidR="007468E8" w:rsidRDefault="007468E8" w:rsidP="00DA6578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EFD0FE0" w14:textId="3D56D599" w:rsidR="007468E8" w:rsidRDefault="007468E8" w:rsidP="00DA6578">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="007468E8" w:rsidSect="003E4836">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:pgNumType w:start="1"/>
-      <w:cols w:space="720"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Georgia">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="01B934CC"/>
+    <w:nsid w:val="24DA7781"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="739A5D90"/>
-    <w:lvl w:ilvl="0" w:tplc="280A0005">
+    <w:tmpl w:val="ABDA67B0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="897" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1617" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2337" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3057" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3777" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4497" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5217" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5937" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6657" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A611634"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F4B0CD6E"/>
+    <w:lvl w:ilvl="0" w:tplc="280A0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="280A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="280A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="280A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="280A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="280A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="280A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="280A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="280A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="350F3368"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51EEB210"/>
+    <w:lvl w:ilvl="0" w:tplc="280A0011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="280A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="280A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="280A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="280A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="280A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="280A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="280A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="280A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38031C13"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="35C652B8"/>
+    <w:lvl w:ilvl="0" w:tplc="D2826342">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="280A0001" w:tentative="1">
@@ -1178,127 +1897,616 @@
     <w:lvl w:ilvl="7" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="782041868">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="629F27C3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="351CFA60"/>
+    <w:lvl w:ilvl="0" w:tplc="EAAA32F8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E3AE4A84" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="02DAA2DA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FD3EED54" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4AC264CA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="349CD696" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C5F87778" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A156F602" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6D2A5EE2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64334537"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51EEB210"/>
+    <w:lvl w:ilvl="0" w:tplc="280A0011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="280A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="280A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="280A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="280A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="280A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="280A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="280A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="280A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="692C13A7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4578769E"/>
+    <w:lvl w:ilvl="0" w:tplc="001A3786">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="85AEFB0E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F6F01330" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7A720BBE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FDDECD4E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E60013BC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="851638C6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="715C65D4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EDB4C7D4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00210107"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00FB644F"/>
+    <w:rsidRoot w:val="0053263F"/>
+    <w:rsid w:val="00006E53"/>
+    <w:rsid w:val="00011D17"/>
+    <w:rsid w:val="000128C9"/>
+    <w:rsid w:val="0002453E"/>
+    <w:rsid w:val="00056936"/>
+    <w:rsid w:val="00091407"/>
+    <w:rsid w:val="000C03D9"/>
+    <w:rsid w:val="000C78C5"/>
+    <w:rsid w:val="000D1C10"/>
+    <w:rsid w:val="00116DF8"/>
+    <w:rsid w:val="00121484"/>
+    <w:rsid w:val="00132BD1"/>
+    <w:rsid w:val="001440F9"/>
+    <w:rsid w:val="00182C03"/>
+    <w:rsid w:val="0020585A"/>
+    <w:rsid w:val="00242FD4"/>
+    <w:rsid w:val="0028137C"/>
+    <w:rsid w:val="00297BE5"/>
+    <w:rsid w:val="002A74DC"/>
+    <w:rsid w:val="002B6FA7"/>
+    <w:rsid w:val="002D38FD"/>
+    <w:rsid w:val="002E47A9"/>
+    <w:rsid w:val="00306482"/>
+    <w:rsid w:val="003066F0"/>
+    <w:rsid w:val="003354C7"/>
+    <w:rsid w:val="003560AB"/>
+    <w:rsid w:val="003D0AF5"/>
+    <w:rsid w:val="003D6FF9"/>
+    <w:rsid w:val="003E4836"/>
+    <w:rsid w:val="003F4209"/>
+    <w:rsid w:val="00483C98"/>
+    <w:rsid w:val="0048753E"/>
+    <w:rsid w:val="004E4DA4"/>
+    <w:rsid w:val="004F1C27"/>
+    <w:rsid w:val="004F1D9B"/>
+    <w:rsid w:val="00504D0A"/>
+    <w:rsid w:val="0053263F"/>
+    <w:rsid w:val="005F1660"/>
+    <w:rsid w:val="005F2C43"/>
+    <w:rsid w:val="00610FAA"/>
+    <w:rsid w:val="00636A28"/>
+    <w:rsid w:val="00647FB5"/>
+    <w:rsid w:val="00682CD5"/>
+    <w:rsid w:val="006D7112"/>
+    <w:rsid w:val="0070589E"/>
+    <w:rsid w:val="00717CED"/>
+    <w:rsid w:val="007468E8"/>
+    <w:rsid w:val="00747772"/>
+    <w:rsid w:val="007840A6"/>
+    <w:rsid w:val="00790D5D"/>
+    <w:rsid w:val="00832C3C"/>
+    <w:rsid w:val="00846AC7"/>
+    <w:rsid w:val="00876384"/>
+    <w:rsid w:val="00881CC6"/>
+    <w:rsid w:val="00900F8D"/>
+    <w:rsid w:val="00904DBB"/>
+    <w:rsid w:val="0092691D"/>
+    <w:rsid w:val="009379D2"/>
+    <w:rsid w:val="0094755B"/>
+    <w:rsid w:val="0095347C"/>
+    <w:rsid w:val="00962F24"/>
+    <w:rsid w:val="009A7FF5"/>
+    <w:rsid w:val="009B0AA2"/>
+    <w:rsid w:val="009F0CA5"/>
+    <w:rsid w:val="00A440BC"/>
+    <w:rsid w:val="00A81555"/>
+    <w:rsid w:val="00AA3861"/>
+    <w:rsid w:val="00AA5764"/>
+    <w:rsid w:val="00AB3B42"/>
+    <w:rsid w:val="00AE224F"/>
+    <w:rsid w:val="00B27C25"/>
+    <w:rsid w:val="00B571FB"/>
+    <w:rsid w:val="00B6616D"/>
+    <w:rsid w:val="00B67D68"/>
+    <w:rsid w:val="00B74C1C"/>
+    <w:rsid w:val="00BC3FC0"/>
+    <w:rsid w:val="00BD3180"/>
+    <w:rsid w:val="00BD3384"/>
+    <w:rsid w:val="00BE2CC3"/>
+    <w:rsid w:val="00C3455E"/>
+    <w:rsid w:val="00C51902"/>
+    <w:rsid w:val="00C70D1B"/>
+    <w:rsid w:val="00C961F8"/>
+    <w:rsid w:val="00CC5728"/>
+    <w:rsid w:val="00CD25C2"/>
+    <w:rsid w:val="00D00322"/>
+    <w:rsid w:val="00D04097"/>
+    <w:rsid w:val="00D10843"/>
+    <w:rsid w:val="00D1664A"/>
+    <w:rsid w:val="00D30CEE"/>
+    <w:rsid w:val="00D5559D"/>
+    <w:rsid w:val="00D957C7"/>
+    <w:rsid w:val="00DA0CA5"/>
+    <w:rsid w:val="00DA6578"/>
+    <w:rsid w:val="00DB750E"/>
+    <w:rsid w:val="00E47616"/>
+    <w:rsid w:val="00EB1A82"/>
+    <w:rsid w:val="00EB45F2"/>
+    <w:rsid w:val="00EB634D"/>
+    <w:rsid w:val="00EE19D0"/>
+    <w:rsid w:val="00F063B5"/>
+    <w:rsid w:val="00F1229D"/>
+    <w:rsid w:val="00F17925"/>
+    <w:rsid w:val="00F471E8"/>
+    <w:rsid w:val="00F66923"/>
+    <w:rsid w:val="00F71199"/>
+    <w:rsid w:val="00FA048A"/>
+    <w:rsid w:val="00FC3319"/>
+    <w:rsid w:val="00FC72EC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=";"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{1A03F8BA-D2C6-440D-887D-94937AD83085}"/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="4042BE67"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{21A38796-FE20-4F81-96E3-6C3D7A2F0396}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="es-PE" w:eastAsia="es-PE" w:bidi="ar-SA"/>
+        <w:lang w:val="es-PE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1626,304 +2834,157 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DA6578"/>
-  </w:style>
-[...114 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...26 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F0CA5"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Mencinsinresolver">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F0CA5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="009F0CA5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F0CA5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="es-PE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="009F0CA5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="es-PE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revisin">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002E47A9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdecomentario">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F17925"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textocomentario">
@@ -2000,92 +3061,365 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00832C3C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
     <w:name w:val="Texto de globo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textodeglobo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00832C3C"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subttulo">
-[...31 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="903294070">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1137454505">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="790854706">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="78405496">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1641493123">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="403258452">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1309433336">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2107924433">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="18092026">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1344356230">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1235702715">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1453481831">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1624924370">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1641769041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="627787388">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1352489226">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="462385139">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1056078697">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1730376054">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="628828703">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1218399546">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1731152145">
+          <w:marLeft w:val="274"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1663697397">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2052068829">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vmendoza@minam.gob.pe" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://opendefinition.org/licenses/odc-by/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msandoval@minam.gob.pe" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://opendefinition.org/licenses/odc-by/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2310,84 +3644,85 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
-[...1 lines deleted...]
-</go:gDocsCustomXmlDataStorage>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B04C7076-5705-4988-8523-4B10D398529A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>370</Words>
-  <Characters>2040</Characters>
+  <Words>346</Words>
+  <Characters>1976</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2406</CharactersWithSpaces>
+  <CharactersWithSpaces>2318</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Alma Fernanda Vera Quea</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>