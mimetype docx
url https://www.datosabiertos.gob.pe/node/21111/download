--- v0 (2025-11-10)
+++ v1 (2026-02-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="2B2CF1CA" w14:textId="6F435A65" w:rsidR="0095347C" w:rsidRPr="00DD30EA" w:rsidRDefault="009F0CA5" w:rsidP="00717CED">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD30EA">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>METADATOS</w:t>
       </w:r>
     </w:p>
@@ -231,78 +231,64 @@
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Título URL Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AF6190C" w14:textId="6C22C91D" w:rsidR="00002C3E" w:rsidRPr="00DD30EA" w:rsidRDefault="004A43D0" w:rsidP="68E3446A">
+          <w:p w14:paraId="0AF6190C" w14:textId="6C22C91D" w:rsidR="00002C3E" w:rsidRPr="00DD30EA" w:rsidRDefault="00121850" w:rsidP="68E3446A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
+              <w:r w:rsidR="004A43D0">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                 </w:rPr>
-                <w:t>Inv</w:t>
-[...13 lines deleted...]
-                <w:t>ntario de Estructura de Media Tensión | Plataforma Nacional de Datos Abiertos</w:t>
+                <w:t>Inventario de Estructura de Media Tensión | Plataforma Nacional de Datos Abiertos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w:rsidRPr="00DD30EA" w14:paraId="2EC58AEF" w14:textId="77777777" w:rsidTr="520BC64C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24E79BF0" w14:textId="0C1004DE" w:rsidR="00504D0A" w:rsidRPr="00DD30EA" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -1863,73 +1849,73 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C1DE0E1" w14:textId="18D08B51" w:rsidR="00CD25C2" w:rsidRPr="00DD30EA" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="11BF1CC6" w:rsidR="00CD25C2" w:rsidRPr="00DD30EA" w:rsidRDefault="38DDBF8D" w:rsidP="54B66DB8">
+          <w:p w14:paraId="1B051219" w14:textId="668D6E4E" w:rsidR="00CD25C2" w:rsidRPr="00DD30EA" w:rsidRDefault="38DDBF8D" w:rsidP="54B66DB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="003D2D03">
-[...5 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="00121850">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="003D2D03">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidR="5FC6A4B3" w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
@@ -2009,51 +1995,51 @@
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRPr="00DD30EA" w:rsidRDefault="004A43D0" w:rsidP="00CD25C2">
+          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRPr="00DD30EA" w:rsidRDefault="00121850" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidR="00CD25C2" w:rsidRPr="00DD30EA">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:color w:val="0A77BD"/>
                   <w:kern w:val="24"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
@@ -2338,141 +2324,141 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Correo de contacto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E87C2D7" w14:textId="0F13E6AD" w:rsidR="00CD25C2" w:rsidRPr="00DD30EA" w:rsidRDefault="004A43D0" w:rsidP="00CD25C2">
+          <w:p w14:paraId="4E87C2D7" w14:textId="0F13E6AD" w:rsidR="00CD25C2" w:rsidRPr="00DD30EA" w:rsidRDefault="00121850" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidR="00DD30EA" w:rsidRPr="00DD30EA">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>fcervantesr@osinergmin.gob.pe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E6576BC" w14:textId="2476AD3F" w:rsidR="009F0CA5" w:rsidRPr="00DD30EA" w:rsidRDefault="009F0CA5" w:rsidP="00DA6578">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009F0CA5" w:rsidRPr="00DD30EA" w:rsidSect="003E4836">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Poppins">
-    <w:panose1 w:val="00000500000000000000"/>
+    <w:altName w:val="Poppins"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03562429"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AD0C11E0"/>
     <w:lvl w:ilvl="0" w:tplc="59D49F52">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4088,72 +4074,73 @@
   <w:num w:numId="7">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="00002C3E"/>
     <w:rsid w:val="00026688"/>
     <w:rsid w:val="000567A2"/>
     <w:rsid w:val="000E6384"/>
     <w:rsid w:val="001119A2"/>
     <w:rsid w:val="00116DF8"/>
+    <w:rsid w:val="00121850"/>
     <w:rsid w:val="00122B38"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="001A6568"/>
     <w:rsid w:val="001E5E58"/>
     <w:rsid w:val="00200191"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="002603FB"/>
     <w:rsid w:val="00262CCE"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="00306B9C"/>
     <w:rsid w:val="00316C60"/>
     <w:rsid w:val="00336174"/>
     <w:rsid w:val="00337EF5"/>
     <w:rsid w:val="00352A3A"/>
     <w:rsid w:val="003779E1"/>
     <w:rsid w:val="003C03F2"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D2D03"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E4836"/>
     <w:rsid w:val="00411E67"/>
     <w:rsid w:val="004474D3"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="004A43D0"/>
@@ -4314,67 +4301,67 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4042BE67"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{21A38796-FE20-4F81-96E3-6C3D7A2F0396}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-PE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4436,101 +4423,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -4706,50 +4690,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DA6578"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -4869,51 +4854,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DD30EA"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculovisitado">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004A43D0"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="57673365">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="217327668">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5507,71 +5492,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...19 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100E33018928C12AB4C815E65B00AC4F34F" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="499b29aac79e8eca93cffa9c5568600c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b83fe1c5-bc10-42de-808f-80506cdae863" xmlns:ns3="778c2449-8873-4133-9a42-f88028819483" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7c577df310120d6caa1c1e5e66237512" ns2:_="" ns3:_="">
     <xsd:import namespace="b83fe1c5-bc10-42de-808f-80506cdae863"/>
     <xsd:import namespace="778c2449-8873-4133-9a42-f88028819483"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
               </xsd:all>
@@ -5762,90 +5726,105 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b83fe1c5-bc10-42de-808f-80506cdae863">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="778c2449-8873-4133-9a42-f88028819483" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="b83fe1c5-bc10-42de-808f-80506cdae863" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82453C79-21FE-44CF-8FAD-3A98372A1104}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b83fe1c5-bc10-42de-808f-80506cdae863"/>
     <ds:schemaRef ds:uri="778c2449-8873-4133-9a42-f88028819483"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9460BCB-72DF-424C-8159-F8489EA7170A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b83fe1c5-bc10-42de-808f-80506cdae863"/>
+    <ds:schemaRef ds:uri="778c2449-8873-4133-9a42-f88028819483"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0536336A-A996-4B93-93B3-82B7E0E13D56}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>529</Words>
   <Characters>2912</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>