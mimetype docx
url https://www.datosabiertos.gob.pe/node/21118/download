--- v0 (2025-11-09)
+++ v1 (2026-03-27)
@@ -122,51 +122,51 @@
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Luminarias </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD30EA" w:rsidR="000567A2">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>- [Organismo Supervisor de la Inversión en Energía y Minería - OSINERGMIN]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="10456" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2972"/>
         <w:gridCol w:w="7484"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidTr="6CA02561" w14:paraId="30B6BD9E" w14:textId="77777777">
+      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidTr="1D3E14F2" w14:paraId="30B6BD9E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidP="3C5AA01A" w:rsidRDefault="00504D0A" w14:paraId="2E49C04D" w14:textId="273124D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
@@ -200,51 +200,51 @@
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Alumbrado Público</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD30EA" w:rsidR="00336174">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>- [Organismo Supervisor de la Inversión en Energía y Minería - OSINERGMIN]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidTr="6CA02561" w14:paraId="1E2BA938" w14:textId="77777777">
+      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidTr="1D3E14F2" w14:paraId="1E2BA938" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="17CCE901" w14:textId="235EEF53">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
@@ -254,51 +254,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00002C3E" w:rsidP="68E3446A" w:rsidRDefault="00B31A18" w14:paraId="0AF6190C" w14:textId="63200E51">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink w:history="1" r:id="rId8">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                 </w:rPr>
                 <w:t>Equipo de Alumbrado Público - [Organismo Supervisor de la Inversión en Energía y Minería - OSINERGMIN] | Plataforma Nacional de Datos Abiertos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidTr="6CA02561" w14:paraId="2EC58AEF" w14:textId="77777777">
+      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidTr="1D3E14F2" w14:paraId="2EC58AEF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="24E79BF0" w14:textId="0C1004DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
@@ -1577,51 +1577,51 @@
               </w:rPr>
               <w:t>Dataset</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007D23D9">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> es de carácter referencial. Proviene directamente de los reportes suministrados por las empresas concesionarias. OSINERGMIN actúa como compilador de dicha información, pero no se responsabiliza por la precisión, exactitud o integridad de los datos originales reportados por terceros. Se recomienda la validación con las fuentes primarias para fines críticos</w:t>
             </w:r>
             <w:r w:rsidRPr="007D23D9" w:rsidR="116D3EB5">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:eastAsia="Arial" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidTr="6CA02561" w14:paraId="283C9B4F" w14:textId="77777777">
+      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidTr="1D3E14F2" w14:paraId="283C9B4F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="51D63ABD" w14:textId="5D977796">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
@@ -1650,101 +1650,101 @@
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Organismo Supervisor de la Inversión en Energía y Minería</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD30EA" w:rsidR="00AE2608">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD30EA" w:rsidR="00B738A8">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>OSINERGMIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidTr="6CA02561" w14:paraId="1598F2E3" w14:textId="77777777">
+      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidTr="1D3E14F2" w14:paraId="1598F2E3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="4723B4D8" w14:textId="16D3A583">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fuente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidP="007D23D9" w:rsidRDefault="00AE2608" w14:paraId="14AEEBCE" w14:textId="188CCAB4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>GERENCIA DE SUPERVISIÓN DE ENERGÍA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidTr="6CA02561" w14:paraId="28E3066C" w14:textId="77777777">
+      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidTr="1D3E14F2" w14:paraId="28E3066C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="316C6F46" w14:textId="50815B45">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Etiquetas</w:t>
@@ -1794,51 +1794,51 @@
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eléctrico</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="004C72D7">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Alimentador</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidTr="6CA02561" w14:paraId="43175C4D" w14:textId="77777777">
+      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidTr="1D3E14F2" w14:paraId="43175C4D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="12BAD6F9" w14:textId="0D974740">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
@@ -1881,51 +1881,51 @@
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD30EA" w:rsidR="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>06-1</w:t>
             </w:r>
             <w:r w:rsidR="00411E67">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidTr="6CA02561" w14:paraId="011842A8" w14:textId="77777777">
+      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidTr="1D3E14F2" w14:paraId="011842A8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="35EB519A" w14:textId="7F952C47">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
@@ -1937,109 +1937,102 @@
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00B31A18" w14:paraId="234AA13C" w14:textId="18305CCA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Anual</w:t>
             </w:r>
             <w:bookmarkStart w:name="_GoBack" w:id="0"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidTr="6CA02561" w14:paraId="2C94159F" w14:textId="77777777">
+      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidTr="1D3E14F2" w14:paraId="2C94159F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="4C1DE0E1" w14:textId="18D08B51">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidP="54B66DB8" w:rsidRDefault="38DDBF8D" w14:paraId="1B051219" w14:textId="10B29208">
-[...21 lines deleted...]
-              <w:t>3-12-21</w:t>
+          <w:p w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidP="50099B1E" w:rsidRDefault="38DDBF8D" w14:paraId="1B051219" w14:textId="72E730DB">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="50099B1E" w:rsidR="79E772B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2026-03-06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidTr="6CA02561" w14:paraId="3F74AE2E" w14:textId="77777777">
+      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidTr="1D3E14F2" w14:paraId="3F74AE2E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="59316C5D" w14:textId="137D6F15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
@@ -2050,51 +2043,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00AE2608" w14:paraId="682DC893" w14:textId="70E735ED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidTr="6CA02561" w14:paraId="7EBCCDEC" w14:textId="77777777">
+      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidTr="1D3E14F2" w14:paraId="7EBCCDEC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="083F45C8" w14:textId="4E1B2523">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
@@ -2112,51 +2105,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink w:history="1" r:id="rId9">
               <w:r w:rsidRPr="00DD30EA" w:rsidR="00CD25C2">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:color w:val="0A77BD"/>
                   <w:kern w:val="24"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidTr="6CA02561" w14:paraId="50813B98" w14:textId="77777777">
+      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidTr="1D3E14F2" w14:paraId="50813B98" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="78F51BD0" w14:textId="026C8583">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
@@ -2169,51 +2162,51 @@
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="00A83837" w14:textId="4C6C4345">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Español</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidTr="6CA02561" w14:paraId="1117E997" w14:textId="77777777">
+      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidTr="1D3E14F2" w14:paraId="1117E997" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="1CADEF4B" w14:textId="184AA53E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
@@ -2226,51 +2219,51 @@
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="64FB206D" w14:textId="705D940B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Público</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidTr="6CA02561" w14:paraId="7E0D1F8D" w14:textId="77777777">
+      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidTr="1D3E14F2" w14:paraId="7E0D1F8D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="44582A03" w14:textId="175F5ABC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Tipo de recurso</w:t>
@@ -2281,51 +2274,51 @@
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="203A77A8" w14:textId="328AECF8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dataset</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidTr="6CA02561" w14:paraId="002B4018" w14:textId="77777777">
+      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidTr="1D3E14F2" w14:paraId="002B4018" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="7C20EDCE" w14:textId="0318ABEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Formato</w:t>
             </w:r>
@@ -2333,120 +2326,120 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="4E46760A" w14:textId="1FBB55B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CSV</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidTr="6CA02561" w14:paraId="7A5EEEA5" w14:textId="77777777">
+      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidTr="1D3E14F2" w14:paraId="7A5EEEA5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="14C8EAEF" w14:textId="0A3D3873">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">Cobertura </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
-          <w:p w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidP="7DF4B0F5" w:rsidRDefault="00AE2608" w14:paraId="29A0014F" w14:textId="61AEF5BA">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00DD30EA">
+          <w:p w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidP="7DF4B0F5" w:rsidRDefault="00AE2608" w14:paraId="29A0014F" w14:textId="0F82606E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1D3E14F2" w:rsidR="00AE2608">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Perú, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD30EA" w:rsidR="00337EF5">
+            <w:r w:rsidRPr="1D3E14F2" w:rsidR="00337EF5">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="007D23D9">
-[...5 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidRPr="1D3E14F2" w:rsidR="3B36D8D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidTr="6CA02561" w14:paraId="494AA20C" w14:textId="77777777">
+      <w:tr w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidTr="1D3E14F2" w14:paraId="494AA20C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcMar/>
           </w:tcPr>
           <w:p w:rsidRPr="00DD30EA" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="6E758B40" w14:textId="2431496E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD30EA">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Correo de contacto</w:t>
             </w:r>
@@ -4166,114 +4159,118 @@
     <w:rsid w:val="00E7275D"/>
     <w:rsid w:val="00EB1A82"/>
     <w:rsid w:val="00EB23EF"/>
     <w:rsid w:val="00ED2A96"/>
     <w:rsid w:val="00F1229D"/>
     <w:rsid w:val="00F57BE2"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00FA048A"/>
     <w:rsid w:val="00FC4798"/>
     <w:rsid w:val="03EED02E"/>
     <w:rsid w:val="043C0B19"/>
     <w:rsid w:val="04AA66DF"/>
     <w:rsid w:val="050DF004"/>
     <w:rsid w:val="05EC1E02"/>
     <w:rsid w:val="07FEB3C6"/>
     <w:rsid w:val="0BA86656"/>
     <w:rsid w:val="0ED6B119"/>
     <w:rsid w:val="1120CA0F"/>
     <w:rsid w:val="116D3EB5"/>
     <w:rsid w:val="122B9200"/>
     <w:rsid w:val="1244816F"/>
     <w:rsid w:val="1381DD00"/>
     <w:rsid w:val="17753B58"/>
     <w:rsid w:val="17982766"/>
+    <w:rsid w:val="1D3E14F2"/>
     <w:rsid w:val="1DB35DA3"/>
     <w:rsid w:val="1F2B4D6B"/>
     <w:rsid w:val="1F4EFE07"/>
     <w:rsid w:val="210E0084"/>
     <w:rsid w:val="212B276F"/>
     <w:rsid w:val="25B2C515"/>
     <w:rsid w:val="29A5CFC6"/>
     <w:rsid w:val="2E5BB0A2"/>
     <w:rsid w:val="330BC052"/>
     <w:rsid w:val="3415EB8B"/>
     <w:rsid w:val="34F930C5"/>
     <w:rsid w:val="382667D2"/>
     <w:rsid w:val="38DDBF8D"/>
     <w:rsid w:val="3A6AABFB"/>
     <w:rsid w:val="3B166F24"/>
+    <w:rsid w:val="3B36D8D6"/>
     <w:rsid w:val="3BDCADAF"/>
     <w:rsid w:val="3C5AA01A"/>
     <w:rsid w:val="3E1FAEB6"/>
     <w:rsid w:val="3EB1EF1A"/>
     <w:rsid w:val="42898426"/>
     <w:rsid w:val="435B8F6C"/>
     <w:rsid w:val="44ABF622"/>
     <w:rsid w:val="476ADA2E"/>
     <w:rsid w:val="4B37E628"/>
     <w:rsid w:val="4C3B19F2"/>
     <w:rsid w:val="4EACAF57"/>
     <w:rsid w:val="4F04DF55"/>
+    <w:rsid w:val="50099B1E"/>
     <w:rsid w:val="50E412BD"/>
     <w:rsid w:val="520BC64C"/>
     <w:rsid w:val="53A8B84B"/>
     <w:rsid w:val="542D6EB4"/>
     <w:rsid w:val="54B66DB8"/>
     <w:rsid w:val="56B7D42D"/>
     <w:rsid w:val="5719131B"/>
     <w:rsid w:val="57CF8EBC"/>
     <w:rsid w:val="5E0A3BBA"/>
     <w:rsid w:val="5E538651"/>
     <w:rsid w:val="5F15ACB0"/>
     <w:rsid w:val="5F320DA2"/>
     <w:rsid w:val="5F6E2BC5"/>
     <w:rsid w:val="5FC6A4B3"/>
     <w:rsid w:val="60258F34"/>
     <w:rsid w:val="620B2010"/>
     <w:rsid w:val="62DE8E9B"/>
     <w:rsid w:val="63114218"/>
     <w:rsid w:val="659AD9E5"/>
     <w:rsid w:val="665598B1"/>
     <w:rsid w:val="68E3446A"/>
     <w:rsid w:val="69B69C50"/>
     <w:rsid w:val="6A6BE369"/>
     <w:rsid w:val="6B241DF5"/>
     <w:rsid w:val="6CA02561"/>
     <w:rsid w:val="6CCB650E"/>
     <w:rsid w:val="6D26A136"/>
     <w:rsid w:val="6DBFD83F"/>
     <w:rsid w:val="6ED64532"/>
     <w:rsid w:val="6F2AB4C5"/>
     <w:rsid w:val="7157982D"/>
     <w:rsid w:val="75387B0E"/>
     <w:rsid w:val="768ECD04"/>
     <w:rsid w:val="78A2285B"/>
     <w:rsid w:val="79AD4D56"/>
     <w:rsid w:val="79CB335C"/>
     <w:rsid w:val="79D3AD6A"/>
+    <w:rsid w:val="79E772B3"/>
     <w:rsid w:val="7B04AA98"/>
     <w:rsid w:val="7B666119"/>
     <w:rsid w:val="7BBC1D93"/>
     <w:rsid w:val="7BC2EA07"/>
     <w:rsid w:val="7D5A9E69"/>
     <w:rsid w:val="7DF4B0F5"/>
     <w:rsid w:val="7E16A12E"/>
     <w:rsid w:val="7FC2F7DB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -5474,52 +5471,52 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="b83fe1c5-bc10-42de-808f-80506cdae863">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="778c2449-8873-4133-9a42-f88028819483" xsi:nil="true"/>
     <_Flow_SignoffStatus xmlns="b83fe1c5-bc10-42de-808f-80506cdae863" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100E33018928C12AB4C815E65B00AC4F34F" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="499b29aac79e8eca93cffa9c5568600c">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b83fe1c5-bc10-42de-808f-80506cdae863" xmlns:ns3="778c2449-8873-4133-9a42-f88028819483" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7c577df310120d6caa1c1e5e66237512" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100E33018928C12AB4C815E65B00AC4F34F" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="bd6b85644d42caf22b3d51dedddcf553">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b83fe1c5-bc10-42de-808f-80506cdae863" xmlns:ns3="778c2449-8873-4133-9a42-f88028819483" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3fba46a2e3a0bb1ab2f068161f0db925" ns2:_="" ns3:_="">
     <xsd:import namespace="b83fe1c5-bc10-42de-808f-80506cdae863"/>
     <xsd:import namespace="778c2449-8873-4133-9a42-f88028819483"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -5735,89 +5732,74 @@
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9460BCB-72DF-424C-8159-F8489EA7170A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="b83fe1c5-bc10-42de-808f-80506cdae863"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="778c2449-8873-4133-9a42-f88028819483"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82453C79-21FE-44CF-8FAD-3A98372A1104}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D02E0E0F-B8C7-48F6-B3E2-3FA3868DED94}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0536336A-A996-4B93-93B3-82B7E0E13D56}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alma Fernanda Vera Quea</dc:creator>
   <keywords/>
   <dc:description/>
   <lastModifiedBy>Freddy Hector Cervantes Rodriguez</lastModifiedBy>
-  <revision>61</revision>
+  <revision>63</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100E33018928C12AB4C815E65B00AC4F34F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>