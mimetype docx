--- v0 (2025-11-09)
+++ v1 (2026-03-27)
@@ -4,346 +4,352 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="2B2CF1CA" w14:textId="6F435A65" w:rsidR="0095347C" w:rsidRPr="00CA4F1F" w:rsidRDefault="009F0CA5" w:rsidP="00717CED">
+    <w:p w:rsidRPr="00CA4F1F" w:rsidR="0095347C" w:rsidP="00717CED" w:rsidRDefault="009F0CA5" w14:paraId="2B2CF1CA" w14:textId="6F435A65">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA4F1F">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>METADATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F6FA515" w14:textId="291CF929" w:rsidR="009F0CA5" w:rsidRPr="00CA4F1F" w:rsidRDefault="009F0CA5">
+    <w:p w:rsidRPr="00CA4F1F" w:rsidR="009F0CA5" w:rsidRDefault="009F0CA5" w14:paraId="6F6FA515" w14:textId="291CF929">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77E11A95" w14:textId="0000C5BC" w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w:rsidRDefault="009F0CA5" w:rsidP="00CA4F1F">
+    <w:p w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidP="00CA4F1F" w:rsidRDefault="009F0CA5" w14:paraId="77E11A95" w14:textId="0000C5BC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA4F1F">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
         <w:t xml:space="preserve">Metadatos del </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CA4F1F">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
         <w:t>dataset</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00EB1A82" w:rsidRPr="00CA4F1F">
+      <w:r w:rsidRPr="00CA4F1F" w:rsidR="00EB1A82">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00912D17" w:rsidRPr="00CA4F1F">
+      <w:r w:rsidRPr="00CA4F1F" w:rsidR="00912D17">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="3A6AABFB" w:rsidRPr="00CA4F1F">
+      <w:r w:rsidRPr="00CA4F1F" w:rsidR="3A6AABFB">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
         <w:t xml:space="preserve">Instalaciones de Distribución en </w:t>
       </w:r>
-      <w:r w:rsidR="001C7067" w:rsidRPr="00CA4F1F">
+      <w:r w:rsidRPr="00CA4F1F" w:rsidR="001C7067">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
         <w:t>Baja</w:t>
       </w:r>
-      <w:r w:rsidR="3A6AABFB" w:rsidRPr="00CA4F1F">
+      <w:r w:rsidRPr="00CA4F1F" w:rsidR="3A6AABFB">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tensión</w:t>
       </w:r>
-      <w:r w:rsidR="00555CE9" w:rsidRPr="00CA4F1F">
+      <w:r w:rsidRPr="00CA4F1F" w:rsidR="00555CE9">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
         <w:t xml:space="preserve">-Servicio </w:t>
       </w:r>
-      <w:r w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F">
+      <w:r w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
         <w:t>de Alumbrado Público</w:t>
       </w:r>
-      <w:r w:rsidR="3A6AABFB" w:rsidRPr="00CA4F1F">
+      <w:r w:rsidRPr="00CA4F1F" w:rsidR="3A6AABFB">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
         <w:t xml:space="preserve"> de las Empresas de Energía </w:t>
       </w:r>
-      <w:r w:rsidR="00043F89" w:rsidRPr="00CA4F1F">
+      <w:r w:rsidRPr="00CA4F1F" w:rsidR="00043F89">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
         <w:t>Eléctrica -</w:t>
       </w:r>
-      <w:r w:rsidR="3A6AABFB" w:rsidRPr="00CA4F1F">
+      <w:r w:rsidRPr="00CA4F1F" w:rsidR="3A6AABFB">
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Organismo Supervisor de la Inversión en Energía y Minería - OSINERGMIN]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="10456" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2972"/>
         <w:gridCol w:w="7484"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w14:paraId="30B6BD9E" w14:textId="77777777" w:rsidTr="34F930C5">
+      <w:tr w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidTr="45A8E9B5" w14:paraId="30B6BD9E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E49C04D" w14:textId="273124D6" w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w:rsidRDefault="00504D0A" w:rsidP="3C5AA01A">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidP="3C5AA01A" w:rsidRDefault="00504D0A" w14:paraId="2E49C04D" w14:textId="273124D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Título</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="301BAC89" w14:textId="6FB9D13A" w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w:rsidRDefault="001C7067" w:rsidP="3C5AA01A">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidP="3C5AA01A" w:rsidRDefault="001C7067" w14:paraId="301BAC89" w14:textId="6FB9D13A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>Instalaciones de Distribución en Baja Tensión</w:t>
             </w:r>
-            <w:r w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F">
+            <w:r w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F">
+            <w:r w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t xml:space="preserve">Servicio de Alumbrado </w:t>
             </w:r>
-            <w:r w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F">
+            <w:r w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>Público</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t xml:space="preserve"> de las Empresas de Energía Eléctrica</w:t>
             </w:r>
-            <w:r w:rsidR="476ADA2E" w:rsidRPr="00CA4F1F">
+            <w:r w:rsidRPr="00CA4F1F" w:rsidR="476ADA2E">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>- [Organismo Supervisor de la Inversión en Energía y Minería - OSINERGMIN]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w14:paraId="1E2BA938" w14:textId="77777777" w:rsidTr="34F930C5">
+      <w:tr w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidTr="45A8E9B5" w14:paraId="1E2BA938" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17CCE901" w14:textId="235EEF53" w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="17CCE901" w14:textId="235EEF53">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Título URL Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0AF6190C" w14:textId="606E7626" w:rsidR="008E1372" w:rsidRPr="00CA4F1F" w:rsidRDefault="00451C03" w:rsidP="00451C03">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Poppins" w:eastAsia="Arial" w:hAnsi="Poppins" w:cs="Poppins"/>
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="008E1372" w:rsidP="00451C03" w:rsidRDefault="00451C03" w14:paraId="0AF6190C" w14:textId="606E7626">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:eastAsia="Arial" w:cs="Poppins"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId8">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                 </w:rPr>
                 <w:t>Instalaciones de Distribución en Baja Tensión Servicio de Alumbrado Público de las Empresas de Energía Eléctrica- [Organismo Supervisor de la Inversión en Energía y Minería - OSINERGMIN] | Plataforma Nacional de Datos Abiertos</w:t>
               </w:r>
             </w:hyperlink>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkStart w:name="_GoBack" w:id="0"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w14:paraId="2EC58AEF" w14:textId="77777777" w:rsidTr="34F930C5">
+      <w:tr w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidTr="45A8E9B5" w14:paraId="2EC58AEF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24E79BF0" w14:textId="0C1004DE" w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="24E79BF0" w14:textId="0C1004DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="276816DE" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="276816DE" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Descripción General</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F420987" w14:textId="6C791C1B" w:rsidR="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="5F420987" w14:textId="6C791C1B">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Este conjunto de datos describe las </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
@@ -389,172 +395,172 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>anualmente</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> por las empresas concesionarias de energía eléctrica y consolidada por el Organismo Supervisor de la Inversión en Energía y Minería (OSINERGMIN). </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Cada fila del archivo representa un tramo o segmento único de la red de BT.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D3838E8" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="7D3838E8" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="037479CE" w14:textId="6FBA2F5B" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="037479CE" w14:textId="6FBA2F5B">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Contenido del </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>DATASET</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26718DAF" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="26718DAF" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>El archivo está estructurado con las siguientes columnas, agrupadas por su función:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D552EBD" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="6D552EBD" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Información de Gestión del </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Dataset</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77EF0364" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="77EF0364" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="CdigoHTML"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="C7254E"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F9F2F4"/>
               </w:rPr>
               <w:t>FECHA_CORTE</w:t>
             </w:r>
@@ -587,51 +593,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> (formato </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="CdigoHTML"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="C7254E"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F9F2F4"/>
               </w:rPr>
               <w:t>aaaammdd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2762018D" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="2762018D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="CdigoHTML"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="C7254E"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F9F2F4"/>
               </w:rPr>
               <w:t>FECHA_EMISION</w:t>
             </w:r>
@@ -644,359 +650,359 @@
               </w:rPr>
               <w:t>: Fecha de generación de los indicadores asociados (formato </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="CdigoHTML"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="C7254E"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F9F2F4"/>
               </w:rPr>
               <w:t>aaaammdd</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75E23930" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="75E23930" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="CdigoHTML"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="C7254E"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F9F2F4"/>
               </w:rPr>
               <w:t>CODEMP</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>: Código que identifica a la empresa concesionaria.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02B8E4C5" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="02B8E4C5" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Identificadores del Tramo y Conectividad:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A2D16A3" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="0A2D16A3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="CdigoHTML"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="C7254E"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F9F2F4"/>
               </w:rPr>
               <w:t>CODTRAMOBT</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>: Código único e invariable que identifica el tramo de baja tensión.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7ECA201D" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="7ECA201D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="CdigoHTML"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="C7254E"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F9F2F4"/>
               </w:rPr>
               <w:t>CODSALIDABT</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>: Identificador de la salida o circuito de baja tensión al que pertenece el tramo.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B3EF283" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="2B3EF283" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="CdigoHTML"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="C7254E"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F9F2F4"/>
               </w:rPr>
               <w:t>CODTRAMOBTPADRE</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>: Identificador del tramo anterior (tramo padre), que permite establecer la conectividad de la red.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28EA4B35" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="28EA4B35" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Características Técnicas del Tramo:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F53EBE6" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="3F53EBE6" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="CdigoHTML"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="C7254E"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F9F2F4"/>
               </w:rPr>
               <w:t>CODMATERIAL</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>: Identificador del tipo de estructura (poste/apoyo) que soporta el tramo.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="118DA083" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="118DA083" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="CdigoHTML"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="C7254E"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F9F2F4"/>
               </w:rPr>
               <w:t>PROPIEDAD</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>: Identificador de la entidad propietaria del elemento.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01537FC9" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="01537FC9" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="CdigoHTML"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="C7254E"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F9F2F4"/>
               </w:rPr>
               <w:t>CODTIPORED</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>: Identificador del tipo de red (ej. Aérea, Subterránea).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B59EC5A" w14:textId="20B477FA" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="7B59EC5A" w14:textId="20B477FA">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="CdigoHTML"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="C7254E"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F9F2F4"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>FECPUESTASERVICIO</w:t>
@@ -1041,251 +1047,251 @@
               </w:rPr>
               <w:t>/mm/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="CdigoHTML"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="C7254E"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F9F2F4"/>
               </w:rPr>
               <w:t>aaaa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43CD2A96" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="43CD2A96" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Ubicación en la Jerarquía de la Red Eléctrica:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30E7A578" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="30E7A578" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="CdigoHTML"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="C7254E"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F9F2F4"/>
               </w:rPr>
               <w:t>COD_SISTEMA_ELECTRICO</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>: Código del sistema eléctrico.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41C3B26D" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="41C3B26D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="CdigoHTML"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="C7254E"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F9F2F4"/>
               </w:rPr>
               <w:t>NOMBRE_SISTEMA_ELECTRICO</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>: Nombre del sistema eléctrico.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BA0E488" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="0BA0E488" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="CdigoHTML"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="C7254E"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F9F2F4"/>
               </w:rPr>
               <w:t>ALIMENTADOR</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>: Nombre del alimentador de Media Tensión.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="366BDC38" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="366BDC38" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="CdigoHTML"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="C7254E"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F9F2F4"/>
               </w:rPr>
               <w:t>SUBESTACION</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>: Código de la Subestación de Distribución asociada.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62EC2DA1" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="62EC2DA1" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Datos Geoespaciales:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="199F58CD" w14:textId="466B6D8A" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="199F58CD" w14:textId="466B6D8A">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="CdigoHTML"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="C7254E"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F9F2F4"/>
               </w:rPr>
               <w:t>SHAPE_WKT</w:t>
             </w:r>
@@ -1317,122 +1323,122 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> Text - WKT), como una línea (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>LineString</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="111E65C0" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="111E65C0" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Especificaciones Técnicas del Archivo</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56322FD8" w14:textId="5BE5B184" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="002246B7">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="002246B7" w:rsidRDefault="00CA4F1F" w14:paraId="56322FD8" w14:textId="5BE5B184">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Formato:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>CSV (Valores Separados por Delimitador).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E625B0B" w14:textId="1C602056" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="5E625B0B" w14:textId="1C602056">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Delimitador de Campos:</w:t>
             </w:r>
@@ -1453,121 +1459,121 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Coma (</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="CdigoHTML"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="C7254E"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F9F2F4"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E4B8C36" w14:textId="62043DA8" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="7E4B8C36" w14:textId="62043DA8">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Codificación de Caracteres:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>UTF-8.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73A536CC" w14:textId="77777777" w:rsidR="00CA4F1F" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CA4F1F" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="73A536CC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Fuente y Carácter de la Información</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1768E929" w14:textId="7A67AF26" w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CA4F1F" w:rsidP="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidP="00CA4F1F" w:rsidRDefault="00CA4F1F" w14:paraId="1768E929" w14:textId="7A67AF26">
             <w:pPr>
               <w:pStyle w:val="has-line-data"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Importante:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
@@ -1614,799 +1620,839 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rStyle w:val="Textoennegrita"/>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>referencial</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="373D49"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>. Proviene directamente de los reportes suministrados por las empresas concesionarias. OSINERGMIN actúa como compilador de dicha información, pero no se responsabiliza por la precisión, exactitud o integridad de los datos originales reportados por terceros. Se recomienda la validación con las fuentes primarias para fines críticos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w14:paraId="283C9B4F" w14:textId="77777777" w:rsidTr="34F930C5">
+      <w:tr w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidTr="45A8E9B5" w14:paraId="283C9B4F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51D63ABD" w14:textId="5D977796" w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="51D63ABD" w14:textId="5D977796">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Entidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="391CFDAD" w14:textId="081F3A19" w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w:rsidRDefault="00FC4798" w:rsidP="00AE2608">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidP="00AE2608" w:rsidRDefault="00FC4798" w14:paraId="391CFDAD" w14:textId="081F3A19">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>Organismo Supervisor de la Inversión en Energía y Minería</w:t>
             </w:r>
-            <w:r w:rsidR="00AE2608" w:rsidRPr="00CA4F1F">
+            <w:r w:rsidRPr="00CA4F1F" w:rsidR="00AE2608">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidR="00B738A8" w:rsidRPr="00CA4F1F">
+            <w:r w:rsidRPr="00CA4F1F" w:rsidR="00B738A8">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>OSINERGMIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w14:paraId="1598F2E3" w14:textId="77777777" w:rsidTr="34F930C5">
+      <w:tr w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidTr="45A8E9B5" w14:paraId="1598F2E3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4723B4D8" w14:textId="16D3A583" w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="4723B4D8" w14:textId="16D3A583">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>Fuente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="14AEEBCE" w14:textId="188CCAB4" w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w:rsidRDefault="00AE2608" w:rsidP="00504D0A">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00AE2608" w14:paraId="14AEEBCE" w14:textId="188CCAB4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>GERENCIA DE SUPERVISIÓN DE ENERGÍA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w14:paraId="28E3066C" w14:textId="77777777" w:rsidTr="34F930C5">
+      <w:tr w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidTr="45A8E9B5" w14:paraId="28E3066C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="316C6F46" w14:textId="50815B45" w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="316C6F46" w14:textId="50815B45">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>Etiquetas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="5B88C464" w14:textId="070DE04B" w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CD00F6" w:rsidP="42898426">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidP="42898426" w:rsidRDefault="00CD00F6" w14:paraId="5B88C464" w14:textId="070DE04B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t xml:space="preserve">Redes de </w:t>
             </w:r>
             <w:r w:rsidR="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>Alumbrado Público</w:t>
             </w:r>
-            <w:r w:rsidR="7BC2EA07" w:rsidRPr="00CA4F1F">
+            <w:r w:rsidRPr="00CA4F1F" w:rsidR="7BC2EA07">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="001C7067" w:rsidRPr="00CA4F1F">
+            <w:r w:rsidRPr="00CA4F1F" w:rsidR="001C7067">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>Sistema eléctrico</w:t>
             </w:r>
-            <w:r w:rsidR="6A6BE369" w:rsidRPr="00CA4F1F">
+            <w:r w:rsidRPr="00CA4F1F" w:rsidR="6A6BE369">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00451C03">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidR="1F4EFE07" w:rsidRPr="00CA4F1F">
+            <w:r w:rsidRPr="00CA4F1F" w:rsidR="1F4EFE07">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>istribución eléctrica</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w14:paraId="43175C4D" w14:textId="77777777" w:rsidTr="34F930C5">
+      <w:tr w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidTr="45A8E9B5" w14:paraId="43175C4D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12BAD6F9" w14:textId="0D974740" w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="12BAD6F9" w14:textId="0D974740">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Fecha de creación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="71ED991A" w14:textId="2C2B9AFE" w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w:rsidRDefault="00AE2608" w:rsidP="00504D0A">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00AE2608" w14:paraId="71ED991A" w14:textId="2C2B9AFE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00CD00F6" w:rsidRPr="00CA4F1F">
+            <w:r w:rsidRPr="00CA4F1F" w:rsidR="00CD00F6">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="002246B7">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>06</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00E7275D" w:rsidRPr="00CA4F1F">
+            <w:r w:rsidRPr="00CA4F1F" w:rsidR="00E7275D">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="002246B7">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w14:paraId="011842A8" w14:textId="77777777" w:rsidTr="34F930C5">
+      <w:tr w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidTr="45A8E9B5" w14:paraId="011842A8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35EB519A" w14:textId="7F952C47" w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00504D0A" w14:paraId="35EB519A" w14:textId="7F952C47">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Frecuencia de actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="234AA13C" w14:textId="0858E194" w:rsidR="00504D0A" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CD00F6" w:rsidP="00504D0A">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00504D0A" w:rsidP="00504D0A" w:rsidRDefault="00CD00F6" w14:paraId="234AA13C" w14:textId="0858E194">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>Anual</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w14:paraId="2C94159F" w14:textId="77777777" w:rsidTr="34F930C5">
+      <w:tr w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidTr="45A8E9B5" w14:paraId="2C94159F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C1DE0E1" w14:textId="18D08B51" w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="4C1DE0E1" w14:textId="18D08B51">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="107702BD" w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w:rsidRDefault="001C7067" w:rsidP="44ABF622">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidP="44ABF622" w:rsidRDefault="001C7067" w14:paraId="1B051219" w14:textId="2199B3E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA4F1F">
+            <w:r w:rsidRPr="45A8E9B5" w:rsidR="001C7067">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="002246B7">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CA4F1F">
+            <w:r w:rsidRPr="45A8E9B5" w:rsidR="65F57EB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="45A8E9B5" w:rsidR="001C7067">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="002246B7">
-[...3 lines deleted...]
-              <w:t>12-31</w:t>
+            <w:r w:rsidRPr="45A8E9B5" w:rsidR="1A038356">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              </w:rPr>
+              <w:t>03</w:t>
+            </w:r>
+            <w:r w:rsidRPr="45A8E9B5" w:rsidR="002246B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="45A8E9B5" w:rsidR="7D6610DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              </w:rPr>
+              <w:t>06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="34F930C5">
+      <w:tr w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidTr="45A8E9B5" w14:paraId="3F74AE2E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59316C5D" w14:textId="137D6F15" w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="59316C5D" w14:textId="137D6F15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Versión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="682DC893" w14:textId="70E735ED" w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w:rsidRDefault="00AE2608" w:rsidP="00CD25C2">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00AE2608" w14:paraId="682DC893" w14:textId="70E735ED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="34F930C5">
+      <w:tr w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidTr="45A8E9B5" w14:paraId="7EBCCDEC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="083F45C8" w14:textId="4E1B2523">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w:rsidRDefault="00451C03" w:rsidP="00CD25C2">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00451C03" w14:paraId="2A8300A7" w14:textId="2B67E942">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F">
+            <w:hyperlink w:history="1" r:id="rId9">
+              <w:r w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                   <w:color w:val="0A77BD"/>
                   <w:kern w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w14:paraId="50813B98" w14:textId="77777777" w:rsidTr="34F930C5">
+      <w:tr w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidTr="45A8E9B5" w14:paraId="50813B98" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="623"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78F51BD0" w14:textId="026C8583" w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="78F51BD0" w14:textId="026C8583">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Idioma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00A83837" w14:textId="4C6C4345" w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="00A83837" w14:textId="4C6C4345">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>Español</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w14:paraId="1117E997" w14:textId="77777777" w:rsidTr="34F930C5">
+      <w:tr w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidTr="45A8E9B5" w14:paraId="1117E997" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CADEF4B" w14:textId="184AA53E" w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="1CADEF4B" w14:textId="184AA53E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Nivel de acceso público</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64FB206D" w14:textId="705D940B" w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="64FB206D" w14:textId="705D940B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>Público</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w14:paraId="7E0D1F8D" w14:textId="77777777" w:rsidTr="34F930C5">
+      <w:tr w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidTr="45A8E9B5" w14:paraId="7E0D1F8D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="44582A03" w14:textId="175F5ABC" w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="44582A03" w14:textId="175F5ABC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Tipo de recurso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="203A77A8" w14:textId="328AECF8" w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="203A77A8" w14:textId="328AECF8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>Dataset</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w14:paraId="002B4018" w14:textId="77777777" w:rsidTr="34F930C5">
+      <w:tr w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidTr="45A8E9B5" w14:paraId="002B4018" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7C20EDCE" w14:textId="0318ABEF" w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="7C20EDCE" w14:textId="0318ABEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Formato</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4E46760A" w14:textId="1FBB55B3" w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="4E46760A" w14:textId="1FBB55B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>CSV</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w14:paraId="7A5EEEA5" w14:textId="77777777" w:rsidTr="34F930C5">
+      <w:tr w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidTr="45A8E9B5" w14:paraId="7A5EEEA5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="14C8EAEF" w14:textId="0A3D3873" w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="14C8EAEF" w14:textId="0A3D3873">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">Cobertura </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="29A0014F" w14:textId="5EF3AFDB" w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w:rsidRDefault="00AE2608" w:rsidP="7DF4B0F5">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CA4F1F">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidP="7DF4B0F5" w:rsidRDefault="00AE2608" w14:paraId="29A0014F" w14:textId="2A2B7F5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="45A8E9B5" w:rsidR="00AE2608">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
               </w:rPr>
               <w:t>Perú, 202</w:t>
             </w:r>
-            <w:r w:rsidR="665598B1" w:rsidRPr="00CA4F1F">
-[...3 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidRPr="45A8E9B5" w:rsidR="5EA5335D">
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w14:paraId="494AA20C" w14:textId="77777777" w:rsidTr="34F930C5">
+      <w:tr w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidTr="45A8E9B5" w14:paraId="494AA20C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6E758B40" w14:textId="2431496E" w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="00CD25C2" w14:paraId="6E758B40" w14:textId="2431496E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA4F1F">
               <w:rPr>
                 <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Correo de contacto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="4E87C2D7" w14:textId="18F0CC0E" w:rsidR="00CD25C2" w:rsidRPr="00CA4F1F" w:rsidRDefault="002246B7" w:rsidP="00CD25C2">
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+          <w:p w:rsidRPr="00CA4F1F" w:rsidR="00CD25C2" w:rsidP="00CD25C2" w:rsidRDefault="002246B7" w14:paraId="4E87C2D7" w14:textId="18F0CC0E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink w:history="1" r:id="rId10">
               <w:r w:rsidRPr="00223575">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
                 </w:rPr>
                 <w:t>fcervantesr@osinergmin.gob.pe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0E6576BC" w14:textId="2476AD3F" w:rsidR="009F0CA5" w:rsidRPr="00CA4F1F" w:rsidRDefault="009F0CA5" w:rsidP="00DA6578">
+    <w:p w:rsidRPr="00CA4F1F" w:rsidR="009F0CA5" w:rsidP="00DA6578" w:rsidRDefault="009F0CA5" w14:paraId="0E6576BC" w14:textId="2476AD3F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Poppins" w:hAnsi="Poppins" w:cs="Poppins"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="009F0CA5" w:rsidRPr="00CA4F1F" w:rsidSect="003E4836">
-      <w:pgSz w:w="11906" w:h="16838"/>
+    <w:sectPr w:rsidRPr="00CA4F1F" w:rsidR="009F0CA5" w:rsidSect="003E4836">
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -2432,557 +2478,557 @@
   </w:font>
   <w:font w:name="Poppins">
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03562429"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AD0C11E0"/>
     <w:lvl w:ilvl="0" w:tplc="59D49F52">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="280A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="280A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14BB7216"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1D70C8F8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A611634"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4B0CD6E"/>
     <w:lvl w:ilvl="0" w:tplc="280A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="280A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="280A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2BB02784"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="75826A26"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="350F3368"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51EEB210"/>
     <w:lvl w:ilvl="0" w:tplc="280A0011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -3044,399 +3090,399 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="280A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EBE533C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F7A03BD0"/>
     <w:lvl w:ilvl="0" w:tplc="59D49F52">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="280A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="280A0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57FD9ACB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D96EEEEE"/>
     <w:lvl w:ilvl="0" w:tplc="AE6E36FC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C340FAD4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="1ACC8C8A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="11E4A022">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="A6164668">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="614AC3C4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="E0B8B1B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="97BCACCE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E25443BA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="629F27C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="351CFA60"/>
     <w:lvl w:ilvl="0" w:tplc="EAAA32F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E3AE4A84" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="02DAA2DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FD3EED54" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="4AC264CA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="349CD696" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="C5F87778" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="A156F602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6D2A5EE2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64334537"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51EEB210"/>
     <w:lvl w:ilvl="0" w:tplc="280A0011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3501,211 +3547,212 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="692C13A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4578769E"/>
     <w:lvl w:ilvl="0" w:tplc="001A3786">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="85AEFB0E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="F6F01330" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="7A720BBE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FDDECD4E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="E60013BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="851638C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="715C65D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="EDB4C7D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="140"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="00043F89"/>
     <w:rsid w:val="000E6384"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00122B38"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="001A6568"/>
     <w:rsid w:val="001C7067"/>
     <w:rsid w:val="001D6A9E"/>
     <w:rsid w:val="00200191"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="002246B7"/>
     <w:rsid w:val="002603FB"/>
@@ -3772,207 +3819,212 @@
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
     <w:rsid w:val="00DB5663"/>
     <w:rsid w:val="00DD5144"/>
     <w:rsid w:val="00E713A6"/>
     <w:rsid w:val="00E7275D"/>
     <w:rsid w:val="00EB1A82"/>
     <w:rsid w:val="00EC49E1"/>
     <w:rsid w:val="00ED2A96"/>
     <w:rsid w:val="00F1229D"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00FA048A"/>
     <w:rsid w:val="00FC4798"/>
     <w:rsid w:val="00FC6541"/>
     <w:rsid w:val="03EED02E"/>
     <w:rsid w:val="043C0B19"/>
     <w:rsid w:val="050DF004"/>
     <w:rsid w:val="07FEB3C6"/>
     <w:rsid w:val="0BA86656"/>
     <w:rsid w:val="0ED6B119"/>
     <w:rsid w:val="122B9200"/>
     <w:rsid w:val="1244816F"/>
     <w:rsid w:val="1381DD00"/>
     <w:rsid w:val="17753B58"/>
+    <w:rsid w:val="1A038356"/>
     <w:rsid w:val="1DB35DA3"/>
     <w:rsid w:val="1F4EFE07"/>
     <w:rsid w:val="210E0084"/>
     <w:rsid w:val="25B2C515"/>
     <w:rsid w:val="29A5CFC6"/>
     <w:rsid w:val="330BC052"/>
     <w:rsid w:val="34F930C5"/>
     <w:rsid w:val="3A6AABFB"/>
     <w:rsid w:val="3B166F24"/>
     <w:rsid w:val="3BDCADAF"/>
     <w:rsid w:val="3C5AA01A"/>
     <w:rsid w:val="3EB1EF1A"/>
     <w:rsid w:val="42898426"/>
     <w:rsid w:val="435B8F6C"/>
     <w:rsid w:val="44ABF622"/>
+    <w:rsid w:val="45A8E9B5"/>
     <w:rsid w:val="476ADA2E"/>
     <w:rsid w:val="4C3B19F2"/>
     <w:rsid w:val="4EACAF57"/>
     <w:rsid w:val="542D6EB4"/>
     <w:rsid w:val="56B7D42D"/>
     <w:rsid w:val="5719131B"/>
     <w:rsid w:val="57CF8EBC"/>
+    <w:rsid w:val="5EA5335D"/>
     <w:rsid w:val="5F15ACB0"/>
     <w:rsid w:val="5F320DA2"/>
     <w:rsid w:val="5F6E2BC5"/>
     <w:rsid w:val="60258F34"/>
     <w:rsid w:val="62DE8E9B"/>
     <w:rsid w:val="63114218"/>
+    <w:rsid w:val="65F57EB2"/>
     <w:rsid w:val="665598B1"/>
     <w:rsid w:val="69B69C50"/>
     <w:rsid w:val="6A6BE369"/>
     <w:rsid w:val="6D26A136"/>
     <w:rsid w:val="6DBFD83F"/>
     <w:rsid w:val="6ED64532"/>
     <w:rsid w:val="6F2AB4C5"/>
     <w:rsid w:val="7157982D"/>
     <w:rsid w:val="768ECD04"/>
     <w:rsid w:val="79AD4D56"/>
     <w:rsid w:val="79CB335C"/>
     <w:rsid w:val="7BC2EA07"/>
+    <w:rsid w:val="7D6610DD"/>
     <w:rsid w:val="7DF4B0F5"/>
     <w:rsid w:val="7E16A12E"/>
     <w:rsid w:val="7FC2F7DB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4042BE67"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{21A38796-FE20-4F81-96E3-6C3D7A2F0396}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-PE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4128,52 +4180,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -4239,204 +4291,204 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DA6578"/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+  <w:style w:type="table" w:styleId="Tablanormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+  <w:style w:type="numbering" w:styleId="Sinlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F0CA5"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F0CA5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="009F0CA5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F0CA5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-PE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="009F0CA5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-PE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Textoennegrita">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00B738A8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculovisitado">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EC49E1"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="has-line-data">
+  <w:style w:type="paragraph" w:styleId="has-line-data" w:customStyle="1">
     <w:name w:val="has-line-data"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00CA4F1F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-PE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CdigoHTML">
     <w:name w:val="HTML Code"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CA4F1F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Times New Roman" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="903294070">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1137454505">
       <w:bodyDiv w:val="1"/>
@@ -4722,56 +4774,55 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2052068829">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datosabiertos.gob.pe/dataset/instalaciones-de-distribuci%C3%B3n-en-baja-tensi%C3%B3n-servicio-de-alumbrado-p%C3%BAblico-de-las-empresas" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcervantesr@osinergmin.gob.pe" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://opendefinition.org/licenses/odc-by/" TargetMode="External"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datosabiertos.gob.pe/dataset/instalaciones-de-distribuci%C3%B3n-en-baja-tensi%C3%B3n-servicio-de-alumbrado-p%C3%BAblico-de-las-empresas" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcervantesr@osinergmin.gob.pe" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://opendefinition.org/licenses/odc-by/" TargetMode="External" Id="rId9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -5000,52 +5051,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100E33018928C12AB4C815E65B00AC4F34F" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="499b29aac79e8eca93cffa9c5568600c">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b83fe1c5-bc10-42de-808f-80506cdae863" xmlns:ns3="778c2449-8873-4133-9a42-f88028819483" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7c577df310120d6caa1c1e5e66237512" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100E33018928C12AB4C815E65B00AC4F34F" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="bd6b85644d42caf22b3d51dedddcf553">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b83fe1c5-bc10-42de-808f-80506cdae863" xmlns:ns3="778c2449-8873-4133-9a42-f88028819483" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3fba46a2e3a0bb1ab2f068161f0db925" ns2:_="" ns3:_="">
     <xsd:import namespace="b83fe1c5-bc10-42de-808f-80506cdae863"/>
     <xsd:import namespace="778c2449-8873-4133-9a42-f88028819483"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -5256,127 +5307,90 @@
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="b83fe1c5-bc10-42de-808f-80506cdae863">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="778c2449-8873-4133-9a42-f88028819483" xsi:nil="true"/>
     <_Flow_SignoffStatus xmlns="b83fe1c5-bc10-42de-808f-80506cdae863" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0C2112B-AA37-434A-B9DB-EA49887846D3}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB068263-E06B-4CEA-AB79-29696663F316}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9460BCB-72DF-424C-8159-F8489EA7170A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="b83fe1c5-bc10-42de-808f-80506cdae863"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="778c2449-8873-4133-9a42-f88028819483"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0536336A-A996-4B93-93B3-82B7E0E13D56}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alma Fernanda Vera Quea</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100E33018928C12AB4C815E65B00AC4F34F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>