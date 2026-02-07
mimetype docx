--- v0 (2025-10-15)
+++ v1 (2026-02-07)
@@ -1,792 +1,913 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3EA4702C" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>METADATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00507811" w:rsidRDefault="00507811"/>
-    <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+    <w:p w14:paraId="45702186" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00F87AC1"/>
+    <w:p w14:paraId="79C2EDD7" w14:textId="02DA681D" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Metadatos del dataset: CERTIFICADO DE DEFENSA CIVIL A CARGO DEL CENTRO DE DEFENSA CIVIL Y GESTIÓN DE RIESGOS - [MUNICIPALIDAD PROVINCIAL DE CHICLAYO - MPCH]</w:t>
+        <w:t xml:space="preserve">Metadatos del dataset: CERTIFICADO DE </w:t>
+      </w:r>
+      <w:r w:rsidR="00117F73">
+        <w:t>SALUBRIDAD</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> - [MUNICIPALIDAD PROVINCIAL DE CHICLAYO - MPCH]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a"/>
+        <w:tblStyle w:val="a0"/>
         <w:tblW w:w="10456" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2972"/>
         <w:gridCol w:w="7484"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00507811">
+      <w:tr w:rsidR="00F87AC1" w14:paraId="5CDA156F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="462B3AFB" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Título</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00507811"/>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="03827BFD" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00F87AC1"/>
+          <w:p w14:paraId="3FDB535B" w14:textId="730C052A" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>CERTIFICADO DE DEFENSA CIVIL A CARGO DEL CENTRO DE DEFENSA CIVIL Y GESTIÓN DE RIESGOS - [MUNICIPALIDAD PROVINCIAL DE CHICLAYO - MPCH]</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00507811" w:rsidRDefault="00507811"/>
+              <w:t xml:space="preserve">CERTIFICADO DE </w:t>
+            </w:r>
+            <w:r w:rsidR="00117F73">
+              <w:t>SALUBRIDAD</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> - [MUNICIPALIDAD PROVINCIAL DE CHICLAYO - MPCH]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C19979C" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00F87AC1"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507811">
+      <w:tr w:rsidR="00F87AC1" w14:paraId="62EAAEF4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="35753464" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Título URL Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="003C3CB8">
-[...1 lines deleted...]
-              <w:t>https://www.datosabiertos.gob.pe/dataset/certificado-de-defensa-civil-cargo-del-centro-de-defensa-civil-y-gesti%C3%B3n-de-riesgos-2</w:t>
+          <w:p w14:paraId="6C67BDD6" w14:textId="7C594946" w:rsidR="00F87AC1" w:rsidRDefault="00242B63">
+            <w:r w:rsidRPr="00242B63">
+              <w:t>https://www.datosabiertos.gob.pe/dataset/certificado-de-salubridad-municipalidad-provincial-de-chiclayo-mpch/resource/7f4ab073-4fd9#{}</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507811">
+      <w:tr w:rsidR="00F87AC1" w14:paraId="5FD1D996" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6046BC5A" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="14B4B040" w14:textId="5780ADB5" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
+            <w:r>
+              <w:t xml:space="preserve">Este dataset contiene información del registro de Certificado </w:t>
+            </w:r>
+            <w:r w:rsidR="00117F73">
+              <w:t xml:space="preserve">de </w:t>
+            </w:r>
+            <w:r w:rsidR="001733B9">
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="00117F73">
+              <w:t>alubridad</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> de la Municipalidad Provincial de Chiclayo, correspondiente a los años 2024 al 2025, con corte a </w:t>
+            </w:r>
+            <w:r w:rsidR="000D509D">
+              <w:t>diciembre</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> 2025.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72DA3BC6" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00F87AC1"/>
+          <w:p w14:paraId="3934016F" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>El dataset presenta los siguientes datos:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00507811"/>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1B27C562" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00F87AC1"/>
+          <w:p w14:paraId="5FCC1412" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Datos de la entidad</w:t>
             </w:r>
             <w:r>
               <w:t>: Departamento, provincia, distrito, ubigeo, gobierno local de la entidad.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00507811">
+          <w:p w14:paraId="332ADDB7" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00F87AC1">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0E8893E5" w14:textId="2987FC99" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Datos de la Incidencia</w:t>
             </w:r>
             <w:r>
-              <w:t>: Número de expediente, fecha de expediente, RUC, razón social, dirección, giro, resolución, fecha de resolución, procede, área, aforo, fecha de emisión, fecha de caducidad, vigencia.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00507811" w:rsidRDefault="00507811">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="004D31A0">
+              <w:t>Tipo de</w:t>
+            </w:r>
+            <w:r w:rsidR="006D1B6F">
+              <w:t xml:space="preserve"> petición</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="006D1B6F">
+              <w:t>categoría de la solicitud</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="006D1B6F">
+              <w:t>tipo de solicitud de licencia</w:t>
+            </w:r>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="006D1B6F">
+              <w:t xml:space="preserve"> n</w:t>
+            </w:r>
+            <w:r w:rsidR="005E466D">
+              <w:t>ú</w:t>
+            </w:r>
+            <w:r w:rsidR="006D1B6F">
+              <w:t>mero de licencia de funcionamiento, fecha de solicitud del certificado, etapa de la solicitud, RUC,</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> razón social, </w:t>
+            </w:r>
+            <w:r w:rsidR="006D1B6F">
+              <w:t xml:space="preserve">actividad de la empresa, </w:t>
+            </w:r>
+            <w:r>
+              <w:t>área,</w:t>
+            </w:r>
+            <w:r w:rsidR="006D1B6F">
+              <w:t xml:space="preserve"> giro,</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> fecha de </w:t>
+            </w:r>
+            <w:r w:rsidR="006D1B6F">
+              <w:t>expedición</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, fecha de </w:t>
+            </w:r>
+            <w:r w:rsidR="006D1B6F">
+              <w:t>vencimiento</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, vigencia.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="289E6693" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00F87AC1">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507811">
+      <w:tr w:rsidR="00F87AC1" w14:paraId="1722CD37" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="10953493" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Entidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="470EA027" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:r>
               <w:t>Municipalidad Provincial de Chiclayo - MPCH</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507811">
+      <w:tr w:rsidR="00F87AC1" w14:paraId="5A7ED8A9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2D2770AD" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fuente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-              <w:t>Centro de Defensa Civil y Gestión de Riesgos</w:t>
+          <w:p w14:paraId="5D1A7171" w14:textId="4023E339" w:rsidR="00F87AC1" w:rsidRDefault="004D31A0">
+            <w:r>
+              <w:t xml:space="preserve">Sub </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA2C73">
+              <w:t>G</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">erencia de </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA2C73">
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:t>anidad</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA2C73">
+              <w:t xml:space="preserve"> y Vigilancia Sanitaria</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507811">
+      <w:tr w:rsidR="00F87AC1" w14:paraId="26B5208F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
-            <w:r w:rsidRPr="00540741">
+          <w:p w14:paraId="4F4AB8B7" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Etiquetas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-              <w:t>Defensa Civil, certificados, ITSE</w:t>
+          <w:p w14:paraId="009D1ED9" w14:textId="3BD0E643" w:rsidR="00F87AC1" w:rsidRDefault="004D31A0">
+            <w:r>
+              <w:t>Salubridad, certificado</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA2C73">
+              <w:t>, sanidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507811">
+      <w:tr w:rsidR="00F87AC1" w14:paraId="2B2C2D60" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
-            <w:r w:rsidRPr="00540741">
+          <w:p w14:paraId="0DAECA7F" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fecha de creación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
-[...4 lines deleted...]
-              <w:t>28</w:t>
+          <w:p w14:paraId="059B2020" w14:textId="5539653C" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
+            <w:r>
+              <w:t>2025-0</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA2C73">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA2C73">
+              <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507811">
+      <w:tr w:rsidR="00F87AC1" w14:paraId="350DD5B3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
-            <w:r w:rsidRPr="00540741">
+          <w:p w14:paraId="58D5917B" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Frecuencia de actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
-            <w:r w:rsidRPr="00540741">
+          <w:p w14:paraId="143AF676" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
+            <w:r>
               <w:t>MENSUAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507811">
+      <w:tr w:rsidR="00F87AC1" w14:paraId="72340741" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
-            <w:r w:rsidRPr="00540741">
+          <w:p w14:paraId="6ECBFCC8" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00540741">
+          <w:p w14:paraId="22AD6CCF" w14:textId="046A5358" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
+            <w:r>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA2C73">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="000D509D">
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="000D509D">
+              <w:t>31</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>, 10:00 (UTC-05:00)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507811">
+      <w:tr w:rsidR="00F87AC1" w14:paraId="20E29D02" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
-            <w:r w:rsidRPr="00540741">
+          <w:p w14:paraId="51074272" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Versión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
-            <w:r w:rsidRPr="00540741">
+          <w:p w14:paraId="1E8CF6BE" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
+            <w:r>
               <w:t>V.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507811" w:rsidRPr="00FB107E">
+      <w:tr w:rsidR="00F87AC1" w:rsidRPr="000D509D" w14:paraId="4CEF522F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="30AE223B" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRPr="00776956" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2363F65F" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRPr="001733B9" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5">
-              <w:r w:rsidRPr="00776956">
+              <w:r w:rsidRPr="001733B9">
                 <w:rPr>
                   <w:color w:val="0A77BD"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507811">
+      <w:tr w:rsidR="00F87AC1" w14:paraId="27FFF4E6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1430AD58" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Idioma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2A76BB66" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Español</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507811">
+      <w:tr w:rsidR="00F87AC1" w14:paraId="2B8A3E9B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2162E1EA" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nivel de acceso público</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="698196FC" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Público</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507811">
+      <w:tr w:rsidR="00F87AC1" w14:paraId="59F95BE8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="719079DA" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tipo de recurso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4E9F8D37" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:r>
               <w:t>Dataset</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507811">
+      <w:tr w:rsidR="00F87AC1" w14:paraId="3C643DB6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4E47C6D2" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Formato</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
-            <w:r w:rsidRPr="00540741">
+          <w:p w14:paraId="32A34393" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
+            <w:r>
               <w:t>CSV</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507811">
+      <w:tr w:rsidR="00F87AC1" w14:paraId="03EFA3C4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6CA04AC1" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Cobertura </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRPr="00540741" w:rsidRDefault="00000000">
-            <w:r w:rsidRPr="00540741">
+          <w:p w14:paraId="5C60AD92" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
+            <w:r>
               <w:t>Peru, Lambayeque, Chiclayo, Chiclayo, 2024- 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00507811">
+      <w:tr w:rsidR="00F87AC1" w14:paraId="3F0851FB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1B6A54FF" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Correo de contacto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507811" w:rsidRDefault="00000000">
+          <w:p w14:paraId="594B765A" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:hyperlink r:id="rId6">
               <w:r>
                 <w:rPr>
                   <w:color w:val="0563C1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>gtie@munichiclayo.gob.pe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00507811" w:rsidRDefault="00507811"/>
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="00507811">
+    <w:p w14:paraId="3D3DEA9E" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00F87AC1"/>
+    <w:p w14:paraId="0B5E8079" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00F87AC1"/>
+    <w:p w14:paraId="437369F7" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00F87AC1"/>
+    <w:p w14:paraId="3DB4F190" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00F87AC1"/>
+    <w:p w14:paraId="61A3EA11" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00F87AC1"/>
+    <w:p w14:paraId="68577653" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00F87AC1"/>
+    <w:p w14:paraId="7E633A6C" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00F87AC1"/>
+    <w:p w14:paraId="3FC52D22" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00F87AC1"/>
+    <w:sectPr w:rsidR="00F87AC1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00507811"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00FB107E"/>
+    <w:rsidRoot w:val="00F87AC1"/>
+    <w:rsid w:val="000D509D"/>
+    <w:rsid w:val="00117F73"/>
+    <w:rsid w:val="001607D0"/>
+    <w:rsid w:val="001733B9"/>
+    <w:rsid w:val="00242B63"/>
+    <w:rsid w:val="004D31A0"/>
+    <w:rsid w:val="005E466D"/>
+    <w:rsid w:val="006D1B6F"/>
+    <w:rsid w:val="00A96DFD"/>
+    <w:rsid w:val="00F87AC1"/>
+    <w:rsid w:val="00FA2C73"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="61922549"/>
-  <w15:docId w15:val="{9389B315-ADAF-48F6-95D5-0B397B24D565}"/>
+  <w14:docId w14:val="61AE1BD6"/>
+  <w15:docId w15:val="{8C06815E-6488-4388-A1EF-282FAA6B5A2E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-PE" w:eastAsia="es-PE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1290,76 +1411,87 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-    <w:name w:val="Table Normal"/>
+    <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F0CA5"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F0CA5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
@@ -1423,51 +1555,65 @@
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subttulo">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a">
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="TableNormal0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
+    <w:basedOn w:val="TableNormal0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gtie@munichiclayo.gob.pe" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://opendefinition.org/licenses/odc-by/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
@@ -1714,68 +1860,83 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
-  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhQlRo02eQ77dsXp5UKq/23ddpFiA==">CgMxLjA4AHIhMTJGQTlEaU8zY3J0WUhzemFzcGhLalFyWGxLMlE4aGdS</go:docsCustomData>
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7miDeyxB3d370a0HfEXWf5w8yn46CA==">CgMxLjA4AHIhMUMzVlhEV0RsbWVvLTU3aC1tUVl0Um5iUDZsU2FUV0ph</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>264</Words>
-  <Characters>1452</Characters>
+  <Words>252</Words>
+  <Characters>1392</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Título</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1713</CharactersWithSpaces>
+  <CharactersWithSpaces>1641</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Alma Fernanda Vera Quea</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>