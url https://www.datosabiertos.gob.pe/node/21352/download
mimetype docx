--- v1 (2026-02-07)
+++ v2 (2026-03-27)
@@ -149,71 +149,83 @@
       </w:tr>
       <w:tr w:rsidR="00F87AC1" w14:paraId="5FD1D996" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6046BC5A" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14B4B040" w14:textId="5780ADB5" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
+          <w:p w14:paraId="14B4B040" w14:textId="0723D56D" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:r>
               <w:t xml:space="preserve">Este dataset contiene información del registro de Certificado </w:t>
             </w:r>
             <w:r w:rsidR="00117F73">
               <w:t xml:space="preserve">de </w:t>
             </w:r>
             <w:r w:rsidR="001733B9">
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00117F73">
               <w:t>alubridad</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> de la Municipalidad Provincial de Chiclayo, correspondiente a los años 2024 al 2025, con corte a </w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> 2025.</w:t>
+              <w:t xml:space="preserve"> de la Municipalidad Provincial de Chiclayo, correspondiente a los años 2024 al </w:t>
+            </w:r>
+            <w:r w:rsidR="00D0657F">
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, con corte a </w:t>
+            </w:r>
+            <w:r w:rsidR="008D4406">
+              <w:t>enero</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008D4406">
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72DA3BC6" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00F87AC1"/>
           <w:p w14:paraId="3934016F" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>El dataset presenta los siguientes datos:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B27C562" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00F87AC1"/>
           <w:p w14:paraId="5FCC1412" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
@@ -479,109 +491,109 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F87AC1" w14:paraId="72340741" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6ECBFCC8" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22AD6CCF" w14:textId="046A5358" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
+          <w:p w14:paraId="22AD6CCF" w14:textId="0590019B" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00FA2C73">
-              <w:t>5</w:t>
+            <w:r w:rsidR="008D4406">
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="000D509D">
-              <w:t>12</w:t>
+            <w:r w:rsidR="008D4406">
+              <w:t>02</w:t>
             </w:r>
             <w:r>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="000D509D">
-              <w:t>31</w:t>
+            <w:r w:rsidR="008D4406">
+              <w:t>09</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>, 10:00 (UTC-05:00)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F87AC1" w14:paraId="20E29D02" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51074272" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Versión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E8CF6BE" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:r>
               <w:t>V.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F87AC1" w:rsidRPr="000D509D" w14:paraId="4CEF522F" w14:textId="77777777">
+      <w:tr w:rsidR="00F87AC1" w:rsidRPr="008D4406" w14:paraId="4CEF522F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30AE223B" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2363F65F" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRPr="001733B9" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
@@ -724,53 +736,56 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F87AC1" w14:paraId="03EFA3C4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6CA04AC1" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Cobertura </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C60AD92" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-              <w:t>Peru, Lambayeque, Chiclayo, Chiclayo, 2024- 2025</w:t>
+          <w:p w14:paraId="5C60AD92" w14:textId="3A509166" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
+            <w:r>
+              <w:t>Peru, Lambayeque, Chiclayo, Chiclayo, 2024- 202</w:t>
+            </w:r>
+            <w:r w:rsidR="008D4406">
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F87AC1" w14:paraId="3F0851FB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B6A54FF" w14:textId="77777777" w:rsidR="00F87AC1" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Correo de contacto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -835,51 +850,53 @@
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F87AC1"/>
     <w:rsid w:val="000D509D"/>
     <w:rsid w:val="00117F73"/>
     <w:rsid w:val="001607D0"/>
     <w:rsid w:val="001733B9"/>
     <w:rsid w:val="00242B63"/>
     <w:rsid w:val="004D31A0"/>
     <w:rsid w:val="005E466D"/>
     <w:rsid w:val="006D1B6F"/>
+    <w:rsid w:val="008D4406"/>
     <w:rsid w:val="00A96DFD"/>
+    <w:rsid w:val="00D0657F"/>
     <w:rsid w:val="00F87AC1"/>
     <w:rsid w:val="00FA2C73"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -1879,64 +1896,64 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7miDeyxB3d370a0HfEXWf5w8yn46CA==">CgMxLjA4AHIhMUMzVlhEV0RsbWVvLTU3aC1tUVl0Um5iUDZsU2FUV0ph</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>252</Words>
-  <Characters>1392</Characters>
+  <Characters>1388</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1641</CharactersWithSpaces>
+  <CharactersWithSpaces>1637</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Alma Fernanda Vera Quea</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>