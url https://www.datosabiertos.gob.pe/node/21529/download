--- v0 (2025-11-09)
+++ v1 (2025-12-31)
@@ -42,103 +42,81 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>METADATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F6FA515" w14:textId="291CF929" w:rsidR="009F0CA5" w:rsidRPr="009F0CA5" w:rsidRDefault="009F0CA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B8224CB" w14:textId="56C53D28" w:rsidR="00D52AF6" w:rsidRDefault="009F0CA5" w:rsidP="0005315C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE2CC3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Metadatos del </w:t>
+        <w:t>Metadatos del dataset</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EB1A82">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00D52AF6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B146A4" w:rsidRPr="00D52AF6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">CERTIFICADO DE </w:t>
       </w:r>
       <w:r w:rsidR="00D4047B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>COMPATIBILIDAD DE USO</w:t>
       </w:r>
       <w:r w:rsidR="00B146A4" w:rsidRPr="0030309F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - [MUNICIPALIDAD PROVINCIAL DE CHICLAYO - </w:t>
-[...13 lines deleted...]
-        <w:t>]</w:t>
+        <w:t xml:space="preserve"> - [MUNICIPALIDAD PROVINCIAL DE CHICLAYO - MPCH]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="10456" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2972"/>
         <w:gridCol w:w="7484"/>
       </w:tblGrid>
       <w:tr w:rsidR="00504D0A" w14:paraId="30B6BD9E" w14:textId="77777777" w:rsidTr="00D4047B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E49C04D" w14:textId="273124D6" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00962F24">
@@ -150,65 +128,51 @@
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Título</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="610F5294" w14:textId="77777777" w:rsidR="00504D0A" w:rsidRDefault="00D4047B" w:rsidP="00D4047B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D4047B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">CERTIFICADO DE COMPATIBILIDAD DE USO - [MUNICIPALIDAD PROVINCIAL DE CHICLAYO - </w:t>
-[...13 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>CERTIFICADO DE COMPATIBILIDAD DE USO - [MUNICIPALIDAD PROVINCIAL DE CHICLAYO - MPCH]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="301BAC89" w14:textId="3EB34742" w:rsidR="00D4047B" w:rsidRDefault="00D4047B" w:rsidP="00D4047B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w14:paraId="1E2BA938" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17CCE901" w14:textId="235EEF53" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
@@ -258,234 +222,190 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079662F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="329724B8" w14:textId="77777777" w:rsidR="00742B5D" w:rsidRPr="004D7EBC" w:rsidRDefault="00742B5D" w:rsidP="00163D5B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7F947EEF" w14:textId="24E50B23" w:rsidR="00A05EC6" w:rsidRPr="004D7EBC" w:rsidRDefault="00A05EC6" w:rsidP="00163D5B">
-            <w:pPr>
+          <w:p w14:paraId="7F947EEF" w14:textId="647E8F26" w:rsidR="00A05EC6" w:rsidRPr="004D7EBC" w:rsidRDefault="00A05EC6" w:rsidP="00DB3F14">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Este </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">Este dataset contiene </w:t>
+            </w:r>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Información del registro de</w:t>
+            </w:r>
+            <w:r w:rsidR="00742B5D" w:rsidRPr="004D7EBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Certificados de compatibilidad de uso de </w:t>
+            </w:r>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...4 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Información del registro de</w:t>
+              <w:t>la Municipalidad Provincial de Chiclayo</w:t>
+            </w:r>
+            <w:r w:rsidR="008F26FD" w:rsidRPr="004D7EBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, correspondiente a los años del </w:t>
             </w:r>
             <w:r w:rsidR="00742B5D" w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Certificados de compatibilidad de uso de </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004D7EBC">
+              <w:t>2024</w:t>
+            </w:r>
+            <w:r w:rsidR="008F26FD" w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>la Municipalidad Provincial de Chiclayo</w:t>
+              <w:t xml:space="preserve"> al 2025, con corte a </w:t>
+            </w:r>
+            <w:r w:rsidR="00E67980">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">noviembre </w:t>
             </w:r>
             <w:r w:rsidR="008F26FD" w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">, correspondiente a los años del </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> 2025.</w:t>
+              <w:t>2025.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BBF6AC9" w14:textId="77777777" w:rsidR="00742B5D" w:rsidRPr="004D7EBC" w:rsidRDefault="00742B5D" w:rsidP="00742B5D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="396A49D4" w14:textId="17220243" w:rsidR="00742B5D" w:rsidRPr="004D7EBC" w:rsidRDefault="00742B5D" w:rsidP="00742B5D">
-            <w:pPr>
+          <w:p w14:paraId="396A49D4" w14:textId="17220243" w:rsidR="00742B5D" w:rsidRPr="004D7EBC" w:rsidRDefault="00742B5D" w:rsidP="00DB3F14">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Este documento técnico – normativo en el que se evalúa si el tipo de actividad económica a ser desarrollada por el interesado resulta o no compatible con la zonificación vigente con la que califica el predio; su ámbito de aplicación es a nivel provincial.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EE25240" w14:textId="77777777" w:rsidR="00742B5D" w:rsidRPr="004D7EBC" w:rsidRDefault="00742B5D" w:rsidP="00163D5B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6B508DF7" w14:textId="77777777" w:rsidR="00A05EC6" w:rsidRPr="004D7EBC" w:rsidRDefault="00A05EC6" w:rsidP="00163D5B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="23FF74DC" w14:textId="77777777" w:rsidR="00A05EC6" w:rsidRPr="004D7EBC" w:rsidRDefault="00A05EC6" w:rsidP="00A05EC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">El </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> presenta los siguientes datos:</w:t>
+              <w:t>El dataset presenta los siguientes datos:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A32D6D1" w14:textId="77777777" w:rsidR="00A05EC6" w:rsidRPr="004D7EBC" w:rsidRDefault="00A05EC6" w:rsidP="00A05EC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2B67E0ED" w14:textId="77777777" w:rsidR="00A05EC6" w:rsidRPr="004D7EBC" w:rsidRDefault="00A05EC6" w:rsidP="00A05EC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Datos de la entidad</w:t>
             </w:r>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">: Departamento, provincia, distrito, </w:t>
-[...13 lines deleted...]
-              <w:t>, gobierno local de la entidad.</w:t>
+              <w:t>: Departamento, provincia, distrito, ubigeo, gobierno local de la entidad.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17291EE2" w14:textId="77777777" w:rsidR="00A05EC6" w:rsidRPr="004D7EBC" w:rsidRDefault="00A05EC6" w:rsidP="00A05EC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="10CC6F3F" w14:textId="77777777" w:rsidR="00CF0F47" w:rsidRPr="004D7EBC" w:rsidRDefault="00A05EC6" w:rsidP="00A05EC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Datos de la Incidencia</w:t>
             </w:r>
             <w:r w:rsidRPr="004D7EBC">
@@ -536,60 +456,52 @@
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Entidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="391CFDAD" w14:textId="74E7FE8B" w:rsidR="00504D0A" w:rsidRPr="004D7EBC" w:rsidRDefault="00756554" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Municipalidad Provincial de Chiclayo - </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Municipalidad Provincial de Chiclayo - MPCH</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w14:paraId="1598F2E3" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4723B4D8" w14:textId="16D3A583" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
@@ -782,91 +694,91 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="32E94001" w:rsidR="00CD25C2" w:rsidRPr="004D7EBC" w:rsidRDefault="00CB385C" w:rsidP="00CD25C2">
+          <w:p w14:paraId="1B051219" w14:textId="37B538A2" w:rsidR="00CD25C2" w:rsidRPr="004D7EBC" w:rsidRDefault="00CB385C" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="002B1D36">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00CC3F55">
+            <w:r w:rsidR="00E67980">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>10</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004D7EBC">
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB3F14">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00CC3F55">
+            <w:r w:rsidR="00E67980">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>13</w:t>
             </w:r>
             <w:r w:rsidR="00CD25C2" w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00EF67F2" w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
             <w:r w:rsidR="00CD25C2" w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>:00 (UTC-05:00)</w:t>
             </w:r>
@@ -889,68 +801,66 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Versión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="682DC893" w14:textId="1D488DB3" w:rsidR="00CD25C2" w:rsidRPr="004D7EBC" w:rsidRDefault="001B38FA" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>V.0</w:t>
             </w:r>
             <w:r w:rsidR="00163D5B" w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00CC3F55" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00E67980" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
@@ -1094,201 +1004,187 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Tipo de recurso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="203A77A8" w14:textId="328AECF8" w:rsidR="00CD25C2" w:rsidRPr="004D7EBC" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Dataset</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="002B4018" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C20EDCE" w14:textId="0318ABEF" w:rsidR="00CD25C2" w:rsidRPr="00504D0A" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00504D0A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Formato</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E46760A" w14:textId="1FBB55B3" w:rsidR="00CD25C2" w:rsidRPr="004D7EBC" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>CSV</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A835B3" w14:paraId="7A5EEEA5" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14C8EAEF" w14:textId="0A3D3873" w:rsidR="00A835B3" w:rsidRDefault="00A835B3" w:rsidP="00A835B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">Cobertura </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29A0014F" w14:textId="629D5458" w:rsidR="00A835B3" w:rsidRPr="004D7EBC" w:rsidRDefault="00CB385C" w:rsidP="00A835B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>Peru</w:t>
-[...6 lines deleted...]
-              <w:t>, Lambayeque, Chiclayo, Chiclayo, 2025</w:t>
+              <w:t>Peru, Lambayeque, Chiclayo, Chiclayo, 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A835B3" w14:paraId="494AA20C" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E758B40" w14:textId="2431496E" w:rsidR="00A835B3" w:rsidRPr="00CD25C2" w:rsidRDefault="00A835B3" w:rsidP="00A835B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD25C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Correo de contacto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E87C2D7" w14:textId="088212B2" w:rsidR="00A835B3" w:rsidRDefault="00000000" w:rsidP="00A835B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:history="1">
-              <w:proofErr w:type="spellStart"/>
               <w:r w:rsidR="00CB385C" w:rsidRPr="006348A4">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 </w:rPr>
                 <w:t>gtie@munichiclayo.gob.pe</w:t>
               </w:r>
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E6576BC" w14:textId="2476AD3F" w:rsidR="009F0CA5" w:rsidRDefault="009F0CA5" w:rsidP="009718AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009F0CA5" w:rsidSect="003E4836">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Symbol">
@@ -1900,52 +1796,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1513060066">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1111514704">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="929970765">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1289554934">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2038264715">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="130"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="0005315C"/>
     <w:rsid w:val="00065F66"/>
     <w:rsid w:val="000906D4"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00163D5B"/>
     <w:rsid w:val="00172044"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="001B38FA"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="00240F9B"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="002B1D36"/>
@@ -2007,54 +1902,56 @@
     <w:rsid w:val="00A835B3"/>
     <w:rsid w:val="00AD08A6"/>
     <w:rsid w:val="00AD5C88"/>
     <w:rsid w:val="00B146A4"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B3505B"/>
     <w:rsid w:val="00B6616D"/>
     <w:rsid w:val="00B94295"/>
     <w:rsid w:val="00BB7ECD"/>
     <w:rsid w:val="00BE2CC3"/>
     <w:rsid w:val="00C027F7"/>
     <w:rsid w:val="00C74D6A"/>
     <w:rsid w:val="00C961F8"/>
     <w:rsid w:val="00CB385C"/>
     <w:rsid w:val="00CC3F55"/>
     <w:rsid w:val="00CD25C2"/>
     <w:rsid w:val="00CF0F47"/>
     <w:rsid w:val="00D00322"/>
     <w:rsid w:val="00D067E6"/>
     <w:rsid w:val="00D4047B"/>
     <w:rsid w:val="00D44902"/>
     <w:rsid w:val="00D52AF6"/>
     <w:rsid w:val="00D5559D"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
+    <w:rsid w:val="00DB3F14"/>
     <w:rsid w:val="00DC7FE8"/>
     <w:rsid w:val="00DE5F25"/>
     <w:rsid w:val="00E12C4C"/>
     <w:rsid w:val="00E551A9"/>
+    <w:rsid w:val="00E67980"/>
     <w:rsid w:val="00E93978"/>
     <w:rsid w:val="00EB1A82"/>
     <w:rsid w:val="00EF67F2"/>
     <w:rsid w:val="00F1229D"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00FA048A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>