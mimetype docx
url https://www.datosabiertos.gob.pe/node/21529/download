--- v1 (2025-12-31)
+++ v2 (2026-02-16)
@@ -222,110 +222,134 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079662F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="329724B8" w14:textId="77777777" w:rsidR="00742B5D" w:rsidRPr="004D7EBC" w:rsidRDefault="00742B5D" w:rsidP="00163D5B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7F947EEF" w14:textId="647E8F26" w:rsidR="00A05EC6" w:rsidRPr="004D7EBC" w:rsidRDefault="00A05EC6" w:rsidP="00DB3F14">
+          <w:p w14:paraId="7F947EEF" w14:textId="65A79AF4" w:rsidR="00A05EC6" w:rsidRPr="004D7EBC" w:rsidRDefault="00A05EC6" w:rsidP="00DB3F14">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Este dataset contiene </w:t>
             </w:r>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Información del registro de</w:t>
             </w:r>
             <w:r w:rsidR="00742B5D" w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Certificados de compatibilidad de uso de </w:t>
             </w:r>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>la Municipalidad Provincial de Chiclayo</w:t>
             </w:r>
             <w:r w:rsidR="008F26FD" w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">, correspondiente a los años del </w:t>
             </w:r>
             <w:r w:rsidR="00742B5D" w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>2024</w:t>
             </w:r>
             <w:r w:rsidR="008F26FD" w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> al 2025, con corte a </w:t>
+              <w:t xml:space="preserve"> al </w:t>
+            </w:r>
+            <w:r w:rsidR="00F44B67">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidR="008F26FD" w:rsidRPr="004D7EBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, con corte a </w:t>
+            </w:r>
+            <w:r w:rsidR="00F44B67">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>enero</w:t>
             </w:r>
             <w:r w:rsidR="00E67980">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">noviembre </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F44B67">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2026</w:t>
             </w:r>
             <w:r w:rsidR="008F26FD" w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>2025.</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BBF6AC9" w14:textId="77777777" w:rsidR="00742B5D" w:rsidRPr="004D7EBC" w:rsidRDefault="00742B5D" w:rsidP="00742B5D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="396A49D4" w14:textId="17220243" w:rsidR="00742B5D" w:rsidRPr="004D7EBC" w:rsidRDefault="00742B5D" w:rsidP="00DB3F14">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Este documento técnico – normativo en el que se evalúa si el tipo de actividad económica a ser desarrollada por el interesado resulta o no compatible con la zonificación vigente con la que califica el predio; su ámbito de aplicación es a nivel provincial.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EE25240" w14:textId="77777777" w:rsidR="00742B5D" w:rsidRPr="004D7EBC" w:rsidRDefault="00742B5D" w:rsidP="00163D5B">
             <w:pPr>
@@ -694,99 +718,99 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="37B538A2" w:rsidR="00CD25C2" w:rsidRPr="004D7EBC" w:rsidRDefault="00CB385C" w:rsidP="00CD25C2">
+          <w:p w14:paraId="1B051219" w14:textId="4264E582" w:rsidR="00CD25C2" w:rsidRPr="004D7EBC" w:rsidRDefault="00CB385C" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="002B1D36">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00E67980">
-[...5 lines deleted...]
-            <w:r w:rsidR="00DB3F14">
+            <w:r w:rsidR="00F44B67">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidR="00165B0C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00E67980">
-[...3 lines deleted...]
-              <w:t>13</w:t>
+            <w:r w:rsidR="00F44B67">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>09</w:t>
             </w:r>
             <w:r w:rsidR="00CD25C2" w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EF67F2" w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
             <w:r w:rsidR="00CD25C2" w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>:00 (UTC-05:00)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -816,51 +840,51 @@
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="682DC893" w14:textId="1D488DB3" w:rsidR="00CD25C2" w:rsidRPr="004D7EBC" w:rsidRDefault="001B38FA" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>V.0</w:t>
             </w:r>
             <w:r w:rsidR="00163D5B" w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00E67980" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00F44B67" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
@@ -1085,61 +1109,67 @@
           <w:p w14:paraId="14C8EAEF" w14:textId="0A3D3873" w:rsidR="00A835B3" w:rsidRDefault="00A835B3" w:rsidP="00A835B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">Cobertura </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29A0014F" w14:textId="629D5458" w:rsidR="00A835B3" w:rsidRPr="004D7EBC" w:rsidRDefault="00CB385C" w:rsidP="00A835B3">
+          <w:p w14:paraId="29A0014F" w14:textId="3DE87280" w:rsidR="00A835B3" w:rsidRPr="004D7EBC" w:rsidRDefault="00CB385C" w:rsidP="00A835B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7EBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>Peru, Lambayeque, Chiclayo, Chiclayo, 2025</w:t>
+              <w:t>Peru, Lambayeque, Chiclayo, Chiclayo, 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00F44B67">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A835B3" w14:paraId="494AA20C" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E758B40" w14:textId="2431496E" w:rsidR="00A835B3" w:rsidRPr="00CD25C2" w:rsidRDefault="00A835B3" w:rsidP="00A835B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD25C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Correo de contacto</w:t>
             </w:r>
@@ -1815,50 +1845,51 @@
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="0005315C"/>
     <w:rsid w:val="00065F66"/>
     <w:rsid w:val="000906D4"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00163D5B"/>
+    <w:rsid w:val="00165B0C"/>
     <w:rsid w:val="00172044"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="001B38FA"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="00240F9B"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="002B1D36"/>
     <w:rsid w:val="0030309F"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="00307C5F"/>
     <w:rsid w:val="0038175B"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D57FB"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E4836"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="0049422A"/>
     <w:rsid w:val="00496923"/>
     <w:rsid w:val="004D7EBC"/>
     <w:rsid w:val="004F1D9B"/>
     <w:rsid w:val="005046D2"/>
     <w:rsid w:val="00504D0A"/>
     <w:rsid w:val="0053263F"/>
     <w:rsid w:val="005326AD"/>
     <w:rsid w:val="005B7349"/>
@@ -1912,50 +1943,51 @@
     <w:rsid w:val="00C027F7"/>
     <w:rsid w:val="00C74D6A"/>
     <w:rsid w:val="00C961F8"/>
     <w:rsid w:val="00CB385C"/>
     <w:rsid w:val="00CC3F55"/>
     <w:rsid w:val="00CD25C2"/>
     <w:rsid w:val="00CF0F47"/>
     <w:rsid w:val="00D00322"/>
     <w:rsid w:val="00D067E6"/>
     <w:rsid w:val="00D4047B"/>
     <w:rsid w:val="00D44902"/>
     <w:rsid w:val="00D52AF6"/>
     <w:rsid w:val="00D5559D"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
     <w:rsid w:val="00DB3F14"/>
     <w:rsid w:val="00DC7FE8"/>
     <w:rsid w:val="00DE5F25"/>
     <w:rsid w:val="00E12C4C"/>
     <w:rsid w:val="00E551A9"/>
     <w:rsid w:val="00E67980"/>
     <w:rsid w:val="00E93978"/>
     <w:rsid w:val="00EB1A82"/>
     <w:rsid w:val="00EF67F2"/>
     <w:rsid w:val="00F1229D"/>
+    <w:rsid w:val="00F44B67"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00FA048A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -3069,70 +3101,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>321</Words>
-  <Characters>1770</Characters>
+  <Words>320</Words>
+  <Characters>1766</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2087</CharactersWithSpaces>
+  <CharactersWithSpaces>2082</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alma Fernanda Vera Quea</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>