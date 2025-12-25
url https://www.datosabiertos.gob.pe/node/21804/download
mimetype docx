--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -34,60 +34,52 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717CED">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>METADATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77E11A95" w14:textId="7DBF8A5D" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="009F0CA5" w:rsidP="00DA6578">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C7CC1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Metadatos del </w:t>
+        <w:t>Metadatos del dataset</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EB1A82" w:rsidRPr="003C7CC1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7CC1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003315B8">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Violencia contra la mujer e integrantes del grupo familiar </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7CC1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>- [</w:t>
       </w:r>
       <w:r w:rsidR="00512640">
@@ -132,101 +124,101 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E49C04D" w14:textId="273124D6" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Título</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="301BAC89" w14:textId="29D68085" w:rsidR="00385090" w:rsidRPr="003C7CC1" w:rsidRDefault="00566852" w:rsidP="00504D0A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00566852">
+          <w:p w14:paraId="301BAC89" w14:textId="349D3258" w:rsidR="00385090" w:rsidRPr="003C7CC1" w:rsidRDefault="003315B8" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Violencia contra la mujer e integrantes del grupo familiar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w14:paraId="1E2BA938" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17CCE901" w14:textId="235EEF53" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Título URL Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AF6190C" w14:textId="0311B169" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00E3226C" w:rsidP="00504D0A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E3226C">
+          <w:p w14:paraId="0AF6190C" w14:textId="3A613CA8" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="000254E0" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000254E0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>https://www.datosabiertos.gob.pe/dataset/violencia-contra-la-mujer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w14:paraId="2EC58AEF" w14:textId="77777777" w:rsidTr="00DF7592">
         <w:trPr>
           <w:trHeight w:val="1067"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24E79BF0" w14:textId="0C1004DE" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B3BCA">
               <w:rPr>
@@ -571,111 +563,127 @@
           </w:tcPr>
           <w:p w14:paraId="4C1DE0E1" w14:textId="18D08B51" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="62DB9E18" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+          <w:p w14:paraId="1B051219" w14:textId="5C57485B" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="002E129A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>-0</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007C5C03">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D01A57">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00AB3410">
+            <w:r w:rsidR="00D01A57">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>04</w:t>
+              <w:t>31</w:t>
             </w:r>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>, 20:00 (UTC-05:00)</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D01A57">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C7CC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>0:00 (UTC-05:00)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59316C5D" w14:textId="137D6F15" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
@@ -687,51 +695,51 @@
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="682DC893" w14:textId="08305431" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00512640" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>0.</w:t>
             </w:r>
             <w:r w:rsidR="00AB3410">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00566852" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="000254E0" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1071,51 +1079,50 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gulim">
     <w:altName w:val="굴림"/>
     <w:panose1 w:val="020B0600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A611634"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4B0CD6E"/>
     <w:lvl w:ilvl="0" w:tplc="280A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -1681,130 +1688,129 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="607932526">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1492451453">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="488522378">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="472874407">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="929390834">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="116"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
+    <w:rsid w:val="000254E0"/>
     <w:rsid w:val="000C5D2A"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="001A1B86"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="002A56A3"/>
     <w:rsid w:val="002E129A"/>
     <w:rsid w:val="002F754E"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="003315B8"/>
     <w:rsid w:val="00347DCB"/>
     <w:rsid w:val="003666E8"/>
     <w:rsid w:val="00385090"/>
-    <w:rsid w:val="00395DCF"/>
     <w:rsid w:val="003C7CC1"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E4836"/>
     <w:rsid w:val="00452D5D"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="004B3BCA"/>
     <w:rsid w:val="004E0032"/>
     <w:rsid w:val="004F1D9B"/>
     <w:rsid w:val="00504D0A"/>
     <w:rsid w:val="00512640"/>
     <w:rsid w:val="0053263F"/>
     <w:rsid w:val="005521F8"/>
-    <w:rsid w:val="00566852"/>
     <w:rsid w:val="005F2C43"/>
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00647FB5"/>
     <w:rsid w:val="00682CD5"/>
     <w:rsid w:val="0070589E"/>
     <w:rsid w:val="00717CED"/>
     <w:rsid w:val="007428C2"/>
     <w:rsid w:val="007840A6"/>
     <w:rsid w:val="007C5C03"/>
-    <w:rsid w:val="007D0F5C"/>
     <w:rsid w:val="007D4118"/>
     <w:rsid w:val="007D5729"/>
     <w:rsid w:val="00876384"/>
     <w:rsid w:val="00904DBB"/>
     <w:rsid w:val="009379D2"/>
     <w:rsid w:val="0095347C"/>
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
     <w:rsid w:val="009F0CA5"/>
     <w:rsid w:val="00A6145A"/>
     <w:rsid w:val="00A76533"/>
     <w:rsid w:val="00AB3410"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B6616D"/>
+    <w:rsid w:val="00B91035"/>
     <w:rsid w:val="00BE2CC3"/>
     <w:rsid w:val="00C961F8"/>
+    <w:rsid w:val="00CA5893"/>
     <w:rsid w:val="00CD25C2"/>
     <w:rsid w:val="00CF4785"/>
     <w:rsid w:val="00D00322"/>
+    <w:rsid w:val="00D01A57"/>
     <w:rsid w:val="00D5559D"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
-    <w:rsid w:val="00DC53D3"/>
     <w:rsid w:val="00DF7592"/>
-    <w:rsid w:val="00E3226C"/>
     <w:rsid w:val="00EB1A82"/>
     <w:rsid w:val="00F1229D"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00FA048A"/>
     <w:rsid w:val="00FF670E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">