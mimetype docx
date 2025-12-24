--- v0 (2025-11-09)
+++ v1 (2025-12-24)
@@ -34,60 +34,52 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00036B6B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>METADATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77E11A95" w14:textId="26DBE828" w:rsidR="00504D0A" w:rsidRPr="00036B6B" w:rsidRDefault="009F0CA5" w:rsidP="00DA6578">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00036B6B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Metadatos del </w:t>
+        <w:t>Metadatos del dataset</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EB1A82" w:rsidRPr="00036B6B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00036B6B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00036B6B" w:rsidRPr="00036B6B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>Sistema de Denuncias Policiales (SIDPPOL)</w:t>
       </w:r>
       <w:r w:rsidR="00022EB7" w:rsidRPr="00036B6B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00036B6B">
@@ -576,143 +568,159 @@
           </w:tcPr>
           <w:p w14:paraId="4C1DE0E1" w14:textId="18D08B51" w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="7F80C592" w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+          <w:p w14:paraId="1B051219" w14:textId="08C8A337" w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="002E129A" w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="001F07CE">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D01888">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="001F07CE">
-[...5 lines deleted...]
-              <w:t>13</w:t>
+            <w:r w:rsidR="00D01888">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
             </w:r>
             <w:r w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00191ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00FB2985">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidR="00FB2985">
-[...5 lines deleted...]
-              <w:t>31</w:t>
+            <w:r w:rsidR="00C85CE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE1CBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (UTC-05:00)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59316C5D" w14:textId="137D6F15" w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00036B6B">
@@ -762,51 +770,51 @@
           </w:tcPr>
           <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w:rsidRDefault="001F07CE" w:rsidP="00CD25C2">
+          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w:rsidRDefault="00CE1CBE" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidR="00CD25C2" w:rsidRPr="00036B6B">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                   <w:color w:val="0A77BD"/>
                   <w:kern w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w14:paraId="50813B98" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
@@ -915,58 +923,56 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Tipo de recurso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="203A77A8" w14:textId="328AECF8" w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Dataset</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w14:paraId="002B4018" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C20EDCE" w14:textId="0318ABEF" w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Formato</w:t>
             </w:r>
           </w:p>
@@ -1114,51 +1120,50 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gulim">
     <w:altName w:val="굴림"/>
     <w:panose1 w:val="020B0600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
@@ -1732,51 +1737,50 @@
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="607932526">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1492451453">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="488522378">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="472874407">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="929390834">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="00022EB7"/>
     <w:rsid w:val="00036B6B"/>
     <w:rsid w:val="000C5D2A"/>
     <w:rsid w:val="000E118D"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00167F1C"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="00191ECD"/>
     <w:rsid w:val="001A1B86"/>
     <w:rsid w:val="001F07CE"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="00297BE5"/>
@@ -1804,54 +1808,57 @@
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00647FB5"/>
     <w:rsid w:val="00682CD5"/>
     <w:rsid w:val="0070589E"/>
     <w:rsid w:val="00717CED"/>
     <w:rsid w:val="007428C2"/>
     <w:rsid w:val="007840A6"/>
     <w:rsid w:val="007C5C03"/>
     <w:rsid w:val="007D4118"/>
     <w:rsid w:val="007D5729"/>
     <w:rsid w:val="00876384"/>
     <w:rsid w:val="00904DBB"/>
     <w:rsid w:val="009379D2"/>
     <w:rsid w:val="0095347C"/>
     <w:rsid w:val="00962892"/>
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
     <w:rsid w:val="009F0CA5"/>
     <w:rsid w:val="00A6145A"/>
     <w:rsid w:val="00A76533"/>
     <w:rsid w:val="00B1451A"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B6616D"/>
     <w:rsid w:val="00BE2CC3"/>
+    <w:rsid w:val="00C85CE2"/>
     <w:rsid w:val="00C961F8"/>
     <w:rsid w:val="00CD25C2"/>
+    <w:rsid w:val="00CE1CBE"/>
     <w:rsid w:val="00CF4785"/>
     <w:rsid w:val="00D00322"/>
+    <w:rsid w:val="00D01888"/>
     <w:rsid w:val="00D5559D"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
     <w:rsid w:val="00DF7592"/>
     <w:rsid w:val="00EB1A82"/>
     <w:rsid w:val="00F1229D"/>
     <w:rsid w:val="00F20AED"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00FA048A"/>
     <w:rsid w:val="00FB2985"/>
     <w:rsid w:val="00FF670E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -2946,51 +2953,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>173</Words>
   <Characters>957</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>