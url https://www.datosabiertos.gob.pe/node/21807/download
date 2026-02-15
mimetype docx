--- v1 (2025-12-24)
+++ v2 (2026-02-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6F6FA515" w14:textId="6E6C7D06" w:rsidR="009F0CA5" w:rsidRPr="00036B6B" w:rsidRDefault="009F0CA5" w:rsidP="003C7CC1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00036B6B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>METADATOS</w:t>
       </w:r>
     </w:p>
@@ -174,56 +174,62 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17CCE901" w14:textId="235EEF53" w:rsidR="00504D0A" w:rsidRPr="00036B6B" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Título URL Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AF6190C" w14:textId="5B755A38" w:rsidR="00504D0A" w:rsidRPr="00036B6B" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0AF6190C" w14:textId="40EC1C92" w:rsidR="00504D0A" w:rsidRPr="00036B6B" w:rsidRDefault="00402C2E" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00402C2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>https://www.datosabiertos.gob.pe/dataset/denuncias-policiales-1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w:rsidRPr="00036B6B" w14:paraId="2EC58AEF" w14:textId="77777777" w:rsidTr="00DF7592">
         <w:trPr>
           <w:trHeight w:val="1067"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24E79BF0" w14:textId="0C1004DE" w:rsidR="00504D0A" w:rsidRPr="00036B6B" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
@@ -568,159 +574,143 @@
           </w:tcPr>
           <w:p w14:paraId="4C1DE0E1" w14:textId="18D08B51" w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="08C8A337" w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+          <w:p w14:paraId="1B051219" w14:textId="4F8D25C5" w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="002E129A" w:rsidRPr="00036B6B">
-[...5 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00D02885">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="001F07CE">
+            <w:r w:rsidR="00D02885">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00036B6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D01888">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00D01888">
+            <w:r w:rsidR="00D02885">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...14 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00191ECD">
-[...13 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="00D02885">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
             </w:r>
             <w:r w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidR="00C85CE2">
-[...13 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="00D02885">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
             </w:r>
             <w:r w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (UTC-05:00)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59316C5D" w14:textId="137D6F15" w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00036B6B">
@@ -770,59 +760,59 @@
           </w:tcPr>
           <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00036B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w:rsidRDefault="00CE1CBE" w:rsidP="00CD25C2">
+          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5" w:history="1">
-              <w:r w:rsidR="00CD25C2" w:rsidRPr="00036B6B">
+              <w:r w:rsidRPr="00036B6B">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                   <w:color w:val="0A77BD"/>
                   <w:kern w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w14:paraId="50813B98" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78F51BD0" w14:textId="026C8583" w:rsidR="00CD25C2" w:rsidRPr="00036B6B" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
@@ -1090,51 +1080,51 @@
               </w:rPr>
               <w:t>@mininter.gob.pe</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E6576BC" w14:textId="2476AD3F" w:rsidR="009F0CA5" w:rsidRDefault="009F0CA5" w:rsidP="00DA6578">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009F0CA5" w:rsidSect="003E4836">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1144,51 +1134,51 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gulim">
     <w:altName w:val="굴림"/>
     <w:panose1 w:val="020B0600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A611634"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4B0CD6E"/>
     <w:lvl w:ilvl="0" w:tplc="280A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1735,174 +1725,177 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="607932526">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1492451453">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="488522378">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="472874407">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="929390834">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="00022EB7"/>
     <w:rsid w:val="00036B6B"/>
     <w:rsid w:val="000C5D2A"/>
     <w:rsid w:val="000E118D"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00167F1C"/>
+    <w:rsid w:val="00182AD4"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="00191ECD"/>
     <w:rsid w:val="001A1B86"/>
     <w:rsid w:val="001F07CE"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="002A56A3"/>
     <w:rsid w:val="002E129A"/>
     <w:rsid w:val="002F754E"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="00347DCB"/>
     <w:rsid w:val="00385090"/>
     <w:rsid w:val="003C7CC1"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E4836"/>
+    <w:rsid w:val="00402C2E"/>
     <w:rsid w:val="00452D5D"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="004B3BCA"/>
     <w:rsid w:val="004E0032"/>
     <w:rsid w:val="004F1D9B"/>
     <w:rsid w:val="00504D0A"/>
     <w:rsid w:val="00512640"/>
     <w:rsid w:val="0053263F"/>
     <w:rsid w:val="005521F8"/>
     <w:rsid w:val="005F2C43"/>
     <w:rsid w:val="006245B2"/>
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00647FB5"/>
     <w:rsid w:val="00682CD5"/>
     <w:rsid w:val="0070589E"/>
     <w:rsid w:val="00717CED"/>
     <w:rsid w:val="007428C2"/>
     <w:rsid w:val="007840A6"/>
     <w:rsid w:val="007C5C03"/>
     <w:rsid w:val="007D4118"/>
     <w:rsid w:val="007D5729"/>
     <w:rsid w:val="00876384"/>
     <w:rsid w:val="00904DBB"/>
     <w:rsid w:val="009379D2"/>
     <w:rsid w:val="0095347C"/>
     <w:rsid w:val="00962892"/>
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
     <w:rsid w:val="009F0CA5"/>
     <w:rsid w:val="00A6145A"/>
     <w:rsid w:val="00A76533"/>
     <w:rsid w:val="00B1451A"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B6616D"/>
     <w:rsid w:val="00BE2CC3"/>
     <w:rsid w:val="00C85CE2"/>
     <w:rsid w:val="00C961F8"/>
     <w:rsid w:val="00CD25C2"/>
     <w:rsid w:val="00CE1CBE"/>
     <w:rsid w:val="00CF4785"/>
     <w:rsid w:val="00D00322"/>
     <w:rsid w:val="00D01888"/>
+    <w:rsid w:val="00D02885"/>
     <w:rsid w:val="00D5559D"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
     <w:rsid w:val="00DF7592"/>
     <w:rsid w:val="00EB1A82"/>
     <w:rsid w:val="00F1229D"/>
     <w:rsid w:val="00F20AED"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00FA048A"/>
     <w:rsid w:val="00FB2985"/>
     <w:rsid w:val="00FF670E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4042BE67"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{21A38796-FE20-4F81-96E3-6C3D7A2F0396}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-PE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2364,51 +2357,51 @@
       <w:lang w:eastAsia="es-PE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="009F0CA5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-PE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="903294070">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1137454505">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2956,70 +2949,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>173</Words>
-  <Characters>957</Characters>
+  <Words>183</Words>
+  <Characters>1010</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1128</CharactersWithSpaces>
+  <CharactersWithSpaces>1191</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Andrea Huaccho</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>