--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -380,51 +380,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4723B4D8" w14:textId="16D3A583" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Fuente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14AEEBCE" w14:textId="6EAFEA47" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00B8363A" w:rsidP="00504D0A">
+          <w:p w14:paraId="14AEEBCE" w14:textId="7A1CDB16" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00B8363A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Policía</w:t>
             </w:r>
             <w:r w:rsidR="00E87D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Nacional</w:t>
             </w:r>
             <w:r w:rsidR="00E87D4F">
               <w:rPr>
@@ -438,51 +438,63 @@
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidR="00E87D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Dirección de Recursos Humanos (DIRREHUM), cifras actualizadas al 3</w:t>
             </w:r>
             <w:r w:rsidR="00DE04B0">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="00FC4FE4">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> de junio </w:t>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD0450">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>noviembre</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC4FE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>2025.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w14:paraId="28E3066C" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="316C6F46" w14:textId="50815B45" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
@@ -671,103 +683,111 @@
           </w:tcPr>
           <w:p w14:paraId="4C1DE0E1" w14:textId="18D08B51" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="442DAA0F" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+          <w:p w14:paraId="1B051219" w14:textId="33C89046" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="002E129A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="007A7D53">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>10</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003C7CC1">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD0450">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007A7D53">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41F0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+              </w:rPr>
+              <w:t>01</w:t>
             </w:r>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="003C7FE9">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>:00 (UTC-05:00)</w:t>
             </w:r>
@@ -803,51 +823,51 @@
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="682DC893" w14:textId="045A919B" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00512640" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>0.</w:t>
             </w:r>
             <w:r w:rsidR="00B8363A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidRPr="007A7D53" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00AD0450" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1810,173 +1830,181 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="333610770">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2012754067">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1417943963">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1183937423">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="860627621">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
+    <w:rsid w:val="00030B2F"/>
     <w:rsid w:val="000C5D2A"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="001A1B86"/>
     <w:rsid w:val="001D6735"/>
     <w:rsid w:val="0020585A"/>
+    <w:rsid w:val="00211F50"/>
+    <w:rsid w:val="00224681"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="002A56A3"/>
     <w:rsid w:val="002E129A"/>
     <w:rsid w:val="002F754E"/>
     <w:rsid w:val="00306482"/>
+    <w:rsid w:val="0035666C"/>
     <w:rsid w:val="003671CC"/>
     <w:rsid w:val="00385090"/>
     <w:rsid w:val="003C7CC1"/>
     <w:rsid w:val="003C7FE9"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E1E71"/>
     <w:rsid w:val="003E4836"/>
     <w:rsid w:val="00452D5D"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="00496CB6"/>
     <w:rsid w:val="004B3BCA"/>
     <w:rsid w:val="004C53AA"/>
     <w:rsid w:val="004E0032"/>
     <w:rsid w:val="004F1D9B"/>
     <w:rsid w:val="00504D0A"/>
     <w:rsid w:val="00512640"/>
     <w:rsid w:val="0053263F"/>
     <w:rsid w:val="005521F8"/>
     <w:rsid w:val="005F2C43"/>
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00647FB5"/>
     <w:rsid w:val="00682CD5"/>
     <w:rsid w:val="006B0765"/>
     <w:rsid w:val="006C7F22"/>
     <w:rsid w:val="006D3FB9"/>
     <w:rsid w:val="0070589E"/>
     <w:rsid w:val="00717CED"/>
     <w:rsid w:val="00761860"/>
     <w:rsid w:val="007840A6"/>
     <w:rsid w:val="007A7D53"/>
     <w:rsid w:val="007C5C03"/>
     <w:rsid w:val="007D4118"/>
     <w:rsid w:val="007D5729"/>
     <w:rsid w:val="007D722C"/>
     <w:rsid w:val="00876384"/>
     <w:rsid w:val="00904DBB"/>
     <w:rsid w:val="009379D2"/>
     <w:rsid w:val="009447B6"/>
     <w:rsid w:val="00950A79"/>
     <w:rsid w:val="0095347C"/>
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="009637DF"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
     <w:rsid w:val="009F0CA5"/>
     <w:rsid w:val="00A55E8E"/>
     <w:rsid w:val="00A6145A"/>
     <w:rsid w:val="00A76533"/>
+    <w:rsid w:val="00AD0450"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B6616D"/>
     <w:rsid w:val="00B8363A"/>
     <w:rsid w:val="00BE2CC3"/>
     <w:rsid w:val="00C16263"/>
     <w:rsid w:val="00C83FD3"/>
     <w:rsid w:val="00C961F8"/>
     <w:rsid w:val="00CD25C2"/>
     <w:rsid w:val="00CF4785"/>
     <w:rsid w:val="00D00322"/>
     <w:rsid w:val="00D5559D"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
     <w:rsid w:val="00DE04B0"/>
     <w:rsid w:val="00DF7592"/>
+    <w:rsid w:val="00E2522C"/>
+    <w:rsid w:val="00E41F0E"/>
     <w:rsid w:val="00E87D4F"/>
     <w:rsid w:val="00EB1A82"/>
     <w:rsid w:val="00F1229D"/>
+    <w:rsid w:val="00F34865"/>
     <w:rsid w:val="00F4459F"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00FA048A"/>
     <w:rsid w:val="00FC4FE4"/>
     <w:rsid w:val="00FF670E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=";"/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="4042BE67"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{21A38796-FE20-4F81-96E3-6C3D7A2F0396}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-PE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -3038,70 +3066,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>210</Words>
-  <Characters>1161</Characters>
+  <Words>211</Words>
+  <Characters>1164</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1369</CharactersWithSpaces>
+  <CharactersWithSpaces>1373</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Andrea Huaccho</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>