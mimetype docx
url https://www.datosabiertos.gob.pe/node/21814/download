--- v1 (2025-12-25)
+++ v2 (2026-02-12)
@@ -34,60 +34,52 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717CED">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>METADATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77E11A95" w14:textId="6E7BF469" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="009F0CA5" w:rsidP="00DA6578">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C7CC1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Metadatos del </w:t>
+        <w:t>Metadatos del dataset</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EB1A82" w:rsidRPr="003C7CC1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7CC1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E87D4F">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>Personal Policial</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7CC1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DE04B0">
@@ -200,61 +192,61 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17CCE901" w14:textId="235EEF53" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Título URL Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AF6190C" w14:textId="2FFEDF99" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="001D6735" w:rsidP="00504D0A">
-[...9 lines deleted...]
-              <w:t>https://datosabiertos.gob.pe/dataset/personal-policial</w:t>
+          <w:p w14:paraId="0AF6190C" w14:textId="208C51F9" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00207C6E" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00207C6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>https://www.datosabiertos.gob.pe/dataset/personal-policial</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w14:paraId="2EC58AEF" w14:textId="77777777" w:rsidTr="00DF7592">
         <w:trPr>
           <w:trHeight w:val="1067"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24E79BF0" w14:textId="0C1004DE" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B3BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -266,58 +258,56 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1768E929" w14:textId="07F0267D" w:rsidR="007D722C" w:rsidRPr="003C7CC1" w:rsidRDefault="003E1E71" w:rsidP="003E1E71">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Datos</w:t>
             </w:r>
             <w:r w:rsidR="007D722C" w:rsidRPr="007D722C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> correspondientes al personal policial de la PNP, registrados por la Dirección de Recursos Humanos (DIRREHUM) a través del Sistema Integrado de Gestión de Carrera Policial (SIGCP). La </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>dataset</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="007D722C" w:rsidRPr="007D722C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> incluye información desagregada por categoría, jerarquía y grado, con cobertura a nivel distrital y Unidades Especializadas. La actualización de los datos se realiza mensualmente, tomando como referencia el cierre de cada mes (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>periodo de corte</w:t>
             </w:r>
             <w:r w:rsidR="007D722C" w:rsidRPr="007D722C">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
@@ -380,115 +370,115 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4723B4D8" w14:textId="16D3A583" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Fuente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14AEEBCE" w14:textId="7A1CDB16" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00B8363A" w:rsidP="00504D0A">
+          <w:p w14:paraId="14AEEBCE" w14:textId="35F4BC02" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00B8363A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Policía</w:t>
             </w:r>
             <w:r w:rsidR="00E87D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Nacional</w:t>
             </w:r>
             <w:r w:rsidR="00E87D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> del Perú (PNP) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidR="00E87D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Dirección de Recursos Humanos (DIRREHUM), cifras actualizadas al 3</w:t>
             </w:r>
-            <w:r w:rsidR="00DE04B0">
-[...3 lines deleted...]
-              <w:t>0</w:t>
+            <w:r w:rsidR="00EF284F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00FC4FE4">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> de </w:t>
             </w:r>
-            <w:r w:rsidR="00AD0450">
-[...3 lines deleted...]
-              <w:t>noviembre</w:t>
+            <w:r w:rsidR="00EF284F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>diciembre</w:t>
             </w:r>
             <w:r w:rsidR="00FC4FE4">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>2025.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w14:paraId="28E3066C" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="316C6F46" w14:textId="50815B45" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
@@ -683,95 +673,87 @@
           </w:tcPr>
           <w:p w14:paraId="4C1DE0E1" w14:textId="18D08B51" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="33C89046" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+          <w:p w14:paraId="1B051219" w14:textId="02FE30D6" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="002E129A">
+            <w:r w:rsidR="00EF284F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="007A7D53">
+            <w:r w:rsidR="00EF284F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...7 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>01</w:t>
             </w:r>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00E41F0E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>01</w:t>
             </w:r>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
@@ -823,51 +805,51 @@
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="682DC893" w14:textId="045A919B" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00512640" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>0.</w:t>
             </w:r>
             <w:r w:rsidR="00B8363A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00AD0450" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00207C6E" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1003,58 +985,56 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Tipo de recurso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="203A77A8" w14:textId="328AECF8" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Dataset</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w14:paraId="002B4018" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C20EDCE" w14:textId="0318ABEF" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Formato</w:t>
             </w:r>
           </w:p>
@@ -1831,180 +1811,183 @@
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="333610770">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2012754067">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1417943963">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1183937423">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="860627621">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="00030B2F"/>
     <w:rsid w:val="000C5D2A"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="001A1B86"/>
     <w:rsid w:val="001D6735"/>
     <w:rsid w:val="0020585A"/>
+    <w:rsid w:val="00207C6E"/>
     <w:rsid w:val="00211F50"/>
     <w:rsid w:val="00224681"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="002A56A3"/>
     <w:rsid w:val="002E129A"/>
     <w:rsid w:val="002F754E"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="0035666C"/>
     <w:rsid w:val="003671CC"/>
     <w:rsid w:val="00385090"/>
     <w:rsid w:val="003C7CC1"/>
     <w:rsid w:val="003C7FE9"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E1E71"/>
     <w:rsid w:val="003E4836"/>
     <w:rsid w:val="00452D5D"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="00496CB6"/>
     <w:rsid w:val="004B3BCA"/>
     <w:rsid w:val="004C53AA"/>
     <w:rsid w:val="004E0032"/>
     <w:rsid w:val="004F1D9B"/>
     <w:rsid w:val="00504D0A"/>
     <w:rsid w:val="00512640"/>
     <w:rsid w:val="0053263F"/>
     <w:rsid w:val="005521F8"/>
     <w:rsid w:val="005F2C43"/>
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00647FB5"/>
     <w:rsid w:val="00682CD5"/>
     <w:rsid w:val="006B0765"/>
     <w:rsid w:val="006C7F22"/>
     <w:rsid w:val="006D3FB9"/>
     <w:rsid w:val="0070589E"/>
     <w:rsid w:val="00717CED"/>
     <w:rsid w:val="00761860"/>
     <w:rsid w:val="007840A6"/>
     <w:rsid w:val="007A7D53"/>
     <w:rsid w:val="007C5C03"/>
     <w:rsid w:val="007D4118"/>
     <w:rsid w:val="007D5729"/>
     <w:rsid w:val="007D722C"/>
     <w:rsid w:val="00876384"/>
+    <w:rsid w:val="008A7378"/>
     <w:rsid w:val="00904DBB"/>
     <w:rsid w:val="009379D2"/>
     <w:rsid w:val="009447B6"/>
     <w:rsid w:val="00950A79"/>
     <w:rsid w:val="0095347C"/>
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="009637DF"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
     <w:rsid w:val="009F0CA5"/>
     <w:rsid w:val="00A55E8E"/>
     <w:rsid w:val="00A6145A"/>
     <w:rsid w:val="00A76533"/>
     <w:rsid w:val="00AD0450"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B6616D"/>
     <w:rsid w:val="00B8363A"/>
     <w:rsid w:val="00BE2CC3"/>
+    <w:rsid w:val="00C044AD"/>
     <w:rsid w:val="00C16263"/>
     <w:rsid w:val="00C83FD3"/>
     <w:rsid w:val="00C961F8"/>
     <w:rsid w:val="00CD25C2"/>
     <w:rsid w:val="00CF4785"/>
     <w:rsid w:val="00D00322"/>
     <w:rsid w:val="00D5559D"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
     <w:rsid w:val="00DE04B0"/>
     <w:rsid w:val="00DF7592"/>
     <w:rsid w:val="00E2522C"/>
     <w:rsid w:val="00E41F0E"/>
     <w:rsid w:val="00E87D4F"/>
     <w:rsid w:val="00EB1A82"/>
+    <w:rsid w:val="00EF284F"/>
     <w:rsid w:val="00F1229D"/>
     <w:rsid w:val="00F34865"/>
     <w:rsid w:val="00F4459F"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00FA048A"/>
     <w:rsid w:val="00FC4FE4"/>
     <w:rsid w:val="00FF670E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4042BE67"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{21A38796-FE20-4F81-96E3-6C3D7A2F0396}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-PE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -3063,73 +3046,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>211</Words>
-  <Characters>1164</Characters>
+  <Words>212</Words>
+  <Characters>1167</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1373</CharactersWithSpaces>
+  <CharactersWithSpaces>1377</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Andrea Huaccho</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>