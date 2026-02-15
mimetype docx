--- v0 (2025-12-25)
+++ v1 (2026-02-15)
@@ -192,57 +192,57 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17CCE901" w14:textId="235EEF53" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Título URL Descripción</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AF6190C" w14:textId="24DC6A54" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00611498" w:rsidP="00504D0A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00611498">
+          <w:p w14:paraId="0AF6190C" w14:textId="5F39ADA4" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00C51C5F" w:rsidP="00504D0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C51C5F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>https://www.datosabiertos.gob.pe/dataset/producci%C3%B3n-policial</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w14:paraId="2EC58AEF" w14:textId="77777777" w:rsidTr="00DF7592">
         <w:trPr>
           <w:trHeight w:val="1067"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24E79BF0" w14:textId="0C1004DE" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B3BCA">
               <w:rPr>
@@ -442,51 +442,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4723B4D8" w14:textId="16D3A583" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Fuente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14AEEBCE" w14:textId="08AB1173" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00B8363A" w:rsidP="00504D0A">
+          <w:p w14:paraId="14AEEBCE" w14:textId="57D7DE2F" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00B8363A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Policía</w:t>
             </w:r>
             <w:r w:rsidR="00E87D4F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Nacional</w:t>
             </w:r>
             <w:r w:rsidR="00E87D4F">
               <w:rPr>
@@ -526,55 +526,55 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>), cifras actualizadas al 3</w:t>
             </w:r>
             <w:r w:rsidR="0035064A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="0035064A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00A246E1">
-[...3 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="004371DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>.2025.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w14:paraId="28E3066C" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="316C6F46" w14:textId="50815B45" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
@@ -769,95 +769,87 @@
           </w:tcPr>
           <w:p w14:paraId="4C1DE0E1" w14:textId="18D08B51" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="2D4292D3" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+          <w:p w14:paraId="1B051219" w14:textId="1CE0FC90" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="002E129A">
+            <w:r w:rsidR="004371DC">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="0035064A">
+            <w:r w:rsidR="004371DC">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...7 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>01</w:t>
             </w:r>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="0035064A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
@@ -909,51 +901,51 @@
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="682DC893" w14:textId="045A919B" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00512640" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>0.</w:t>
             </w:r>
             <w:r w:rsidR="00B8363A">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00A246E1" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00C51C5F" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1970,96 +1962,100 @@
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="000B0610"/>
     <w:rsid w:val="000C5D2A"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="001A1B86"/>
     <w:rsid w:val="001C7FE2"/>
     <w:rsid w:val="001E1BC5"/>
     <w:rsid w:val="00200BF1"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="002A56A3"/>
     <w:rsid w:val="002E129A"/>
     <w:rsid w:val="002F754E"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="0035064A"/>
     <w:rsid w:val="003671CC"/>
     <w:rsid w:val="00385090"/>
     <w:rsid w:val="003C1C11"/>
     <w:rsid w:val="003C7CC1"/>
     <w:rsid w:val="003C7FE9"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E4836"/>
+    <w:rsid w:val="004371DC"/>
     <w:rsid w:val="00452D5D"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="00496CB6"/>
     <w:rsid w:val="004B3BCA"/>
     <w:rsid w:val="004E0032"/>
     <w:rsid w:val="004F1D9B"/>
     <w:rsid w:val="00504D0A"/>
     <w:rsid w:val="00512640"/>
     <w:rsid w:val="0053263F"/>
     <w:rsid w:val="005521F8"/>
     <w:rsid w:val="005F2640"/>
     <w:rsid w:val="005F2C43"/>
     <w:rsid w:val="00611498"/>
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00647FB5"/>
     <w:rsid w:val="00682CD5"/>
     <w:rsid w:val="006C7F22"/>
     <w:rsid w:val="006D3FB9"/>
     <w:rsid w:val="0070589E"/>
     <w:rsid w:val="00717CED"/>
     <w:rsid w:val="00761860"/>
     <w:rsid w:val="007840A6"/>
     <w:rsid w:val="007C5C03"/>
     <w:rsid w:val="007D4118"/>
     <w:rsid w:val="007D5729"/>
+    <w:rsid w:val="00831559"/>
     <w:rsid w:val="00876384"/>
     <w:rsid w:val="00904DBB"/>
     <w:rsid w:val="00912974"/>
     <w:rsid w:val="00913444"/>
     <w:rsid w:val="009379D2"/>
     <w:rsid w:val="009447B6"/>
     <w:rsid w:val="0095347C"/>
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="009637DF"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
     <w:rsid w:val="009F0CA5"/>
     <w:rsid w:val="00A246E1"/>
     <w:rsid w:val="00A55E8E"/>
     <w:rsid w:val="00A6145A"/>
     <w:rsid w:val="00A76533"/>
     <w:rsid w:val="00AE7ED1"/>
     <w:rsid w:val="00B27C25"/>
+    <w:rsid w:val="00B44519"/>
     <w:rsid w:val="00B6616D"/>
     <w:rsid w:val="00B8363A"/>
     <w:rsid w:val="00BE2CC3"/>
+    <w:rsid w:val="00C51C5F"/>
     <w:rsid w:val="00C83FD3"/>
     <w:rsid w:val="00C961F8"/>
     <w:rsid w:val="00CD25C2"/>
     <w:rsid w:val="00CF4785"/>
     <w:rsid w:val="00D00322"/>
     <w:rsid w:val="00D5559D"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
     <w:rsid w:val="00DF7592"/>
     <w:rsid w:val="00E87D4F"/>
     <w:rsid w:val="00EB1A82"/>
     <w:rsid w:val="00F1229D"/>
     <w:rsid w:val="00F4459F"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00F823DA"/>
     <w:rsid w:val="00FA048A"/>
     <w:rsid w:val="00FF670E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -3160,51 +3156,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>194</Words>
   <Characters>1071</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>