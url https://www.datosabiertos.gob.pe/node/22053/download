--- v0 (2025-10-15)
+++ v1 (2026-01-30)
@@ -331,782 +331,616 @@
             <w:r w:rsidR="00AF16F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">sobre </w:t>
             </w:r>
             <w:r w:rsidR="00AA6ACD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">el </w:t>
             </w:r>
             <w:r w:rsidR="00CE5B82" w:rsidRPr="008643B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Registro </w:t>
             </w:r>
             <w:r w:rsidR="00CE5B82">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">de atención de controversias individuales - recursos de apelación </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EF24611" w14:textId="6695D27A" w:rsidR="00CD25C2" w:rsidRDefault="00AF16F9" w:rsidP="005B589F">
+          <w:p w14:paraId="1EF24611" w14:textId="5E64979D" w:rsidR="00CD25C2" w:rsidRDefault="00A72C73" w:rsidP="00980A28">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0058668E">
-[...39 lines deleted...]
-              <w:t>)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>JUNIO</w:t>
+            </w:r>
+            <w:r w:rsidR="00A86CB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (2024)</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF16F9" w:rsidRPr="0058668E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="00980A28">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>NOVIEMBRE (2025)</w:t>
             </w:r>
             <w:r w:rsidR="00555055" w:rsidRPr="0058668E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="655C259D" w14:textId="1B1BE5A8" w:rsidR="00421226" w:rsidRDefault="00421226" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="18462DE8" w14:textId="682559D5" w:rsidR="00421226" w:rsidRDefault="00421226" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Este dataset está caracterizado por:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D4C9062" w14:textId="7D59BEA0" w:rsidR="00445AC1" w:rsidRDefault="0058668E" w:rsidP="007E6E60">
+          <w:p w14:paraId="7AF12568" w14:textId="77777777" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w14:paraId="39A7ABF1" w14:textId="7A94499D" w:rsidR="007E6E60" w:rsidRDefault="0058668E" w:rsidP="007E6E60">
+            <w:r w:rsidRPr="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>NRO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1034F827" w14:textId="77777777" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w14:paraId="2C94AAF9" w14:textId="733A549B" w:rsidR="007E6E60" w:rsidRDefault="0058668E" w:rsidP="007E6E60">
+            <w:r w:rsidRPr="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>FECHA_CORTE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B209CE6" w14:textId="77777777" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w14:paraId="5526E492" w14:textId="3E491FEF" w:rsidR="007E6E60" w:rsidRDefault="0058668E" w:rsidP="007E6E60">
+            <w:r w:rsidRPr="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>NRO_EXPEDIENTE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D300E42" w14:textId="77777777" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w14:paraId="46D48D68" w14:textId="61FFA0A3" w:rsidR="007E6E60" w:rsidRDefault="007E6E60" w:rsidP="007E6E60">
+            <w:r w:rsidRPr="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ANO_CREACION_EXPEDIENTE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="079FA045" w14:textId="77777777" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-          <w:p w14:paraId="5AB4BD79" w14:textId="270557CA" w:rsidR="007E6E60" w:rsidRDefault="007E6E60" w:rsidP="007E6E60">
+            <w:r w:rsidRPr="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>FECHA_CREACION_EXPEDIENTE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11D42394" w14:textId="77777777" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...18 lines deleted...]
-          <w:p w14:paraId="75C0C99C" w14:textId="3E5F2992" w:rsidR="007E6E60" w:rsidRDefault="007E6E60" w:rsidP="007E6E60">
+            <w:r w:rsidRPr="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>FECHA_INGRESO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12659433" w14:textId="77777777" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-          <w:p w14:paraId="597066F3" w14:textId="77777777" w:rsidR="007E6E60" w:rsidRDefault="007E6E60" w:rsidP="007E6E60">
+            <w:r w:rsidRPr="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>NRO_REGISTRO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DF31B2D" w14:textId="77777777" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D938B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>DNI</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C67918A" w14:textId="2C18C763" w:rsidR="007E6E60" w:rsidRDefault="0058668E" w:rsidP="007E6E60">
+          <w:p w14:paraId="52668575" w14:textId="77777777" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...18 lines deleted...]
-          <w:p w14:paraId="6E7306E8" w14:textId="35FEC908" w:rsidR="007E6E60" w:rsidRDefault="007E6E60" w:rsidP="007E6E60">
+            <w:r w:rsidRPr="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>APELANTE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="421AB9DD" w14:textId="77777777" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...36 lines deleted...]
-          <w:p w14:paraId="2ECD5028" w14:textId="4181D31C" w:rsidR="007E6E60" w:rsidRDefault="007E6E60" w:rsidP="007E6E60">
+            <w:r w:rsidRPr="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ACTO_IMPUGNADO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16591D64" w14:textId="77777777" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...54 lines deleted...]
-          <w:p w14:paraId="08CF23C9" w14:textId="4B3C48D3" w:rsidR="007E6E60" w:rsidRDefault="007E6E60" w:rsidP="007E6E60">
+            <w:r w:rsidRPr="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TIPO_ACTO_IMPUGNADO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73C95174" w14:textId="77777777" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w14:paraId="27B37483" w14:textId="12906549" w:rsidR="007E6E60" w:rsidRDefault="007E6E60" w:rsidP="007E6E60">
+            <w:r w:rsidRPr="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ENTIDAD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D46BDF7" w14:textId="77777777" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D938B8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>RUC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="488A57D8" w14:textId="4B405B38" w:rsidR="00E652AA" w:rsidRDefault="00E652AA" w:rsidP="007E6E60">
+          <w:p w14:paraId="6DF252B7" w14:textId="77777777" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w14:paraId="4BBFD45A" w14:textId="20CED47F" w:rsidR="007E6E60" w:rsidRDefault="007E6E60" w:rsidP="007E6E60">
+            <w:r w:rsidRPr="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>SECTOR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="045C3A35" w14:textId="77777777" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w14:paraId="17EEE1E8" w14:textId="0F448B0E" w:rsidR="007E6E60" w:rsidRDefault="007E6E60" w:rsidP="007E6E60">
+            <w:r w:rsidRPr="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DEPARTAMENTO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6131C351" w14:textId="77777777" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w14:paraId="2A738905" w14:textId="4ABF4F2E" w:rsidR="007E6E60" w:rsidRDefault="007E6E60" w:rsidP="007E6E60">
+            <w:r w:rsidRPr="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>PROVINCIA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D1EDFE1" w14:textId="77777777" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w14:paraId="6FB8574C" w14:textId="77777777" w:rsidR="007E6E60" w:rsidRDefault="007E6E60" w:rsidP="007E6E60">
+            <w:r w:rsidRPr="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DISTRITO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="347F9255" w14:textId="77777777" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w14:paraId="02895C3A" w14:textId="0D42236B" w:rsidR="007E6E60" w:rsidRDefault="007E6E60" w:rsidP="007E6E60">
+            <w:r w:rsidRPr="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>MATERIAS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D1D8752" w14:textId="77777777" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w14:paraId="3F35BAAA" w14:textId="71257562" w:rsidR="007E6E60" w:rsidRDefault="007E6E60" w:rsidP="007E6E60">
+            <w:r w:rsidRPr="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>SUBMATERIA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10DD105C" w14:textId="77777777" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w14:paraId="7B69A28E" w14:textId="2EC16DEC" w:rsidR="007E6E60" w:rsidRDefault="007E6E60" w:rsidP="007E6E60">
+            <w:r w:rsidRPr="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>REGIMEN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D315AD4" w14:textId="77777777" w:rsidR="007E6E60" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...16 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ESTADO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1768E929" w14:textId="0BC95C69" w:rsidR="00D938B8" w:rsidRPr="00D938B8" w:rsidRDefault="00D938B8" w:rsidP="00D938B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00504D0A" w14:paraId="283C9B4F" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51D63ABD" w14:textId="5D977796" w:rsidR="00504D0A" w:rsidRDefault="00504D0A" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
@@ -1358,61 +1192,97 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="27F63DC6" w:rsidR="00CD25C2" w:rsidRPr="004F74C6" w:rsidRDefault="002B5561" w:rsidP="00A72C73">
+          <w:p w14:paraId="1B051219" w14:textId="2476DDEE" w:rsidR="00CD25C2" w:rsidRPr="004F74C6" w:rsidRDefault="002B5561" w:rsidP="00A72C73">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>2024-06-27</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D938B8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00980A28">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59316C5D" w14:textId="137D6F15" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1420,51 +1290,51 @@
               </w:rPr>
               <w:t>Versión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="682DC893" w14:textId="102077F0" w:rsidR="00B4515D" w:rsidRDefault="00B4515D" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidRPr="002B5561" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00D938B8" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
@@ -1689,109 +1559,85 @@
           <w:p w14:paraId="14C8EAEF" w14:textId="0A3D3873" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">Cobertura </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29A0014F" w14:textId="2693553E" w:rsidR="00CD25C2" w:rsidRDefault="00AF16F9" w:rsidP="00A72C73">
+          <w:p w14:paraId="29A0014F" w14:textId="7EBACA94" w:rsidR="00CD25C2" w:rsidRDefault="00AF16F9" w:rsidP="00A72C73">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>Perú, 20</w:t>
-[...47 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve">Perú, </w:t>
+            </w:r>
+            <w:r w:rsidR="00980A28">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>JUNIO</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB3EA6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (2024)</w:t>
+            </w:r>
+            <w:r w:rsidR="00980A28" w:rsidRPr="0058668E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="00980A28">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>NOVIEMBRE (2025)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="494AA20C" w14:textId="77777777" w:rsidTr="00504D0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E758B40" w14:textId="2431496E" w:rsidR="00CD25C2" w:rsidRPr="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD25C2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Correo de contacto</w:t>
             </w:r>
@@ -2570,148 +2416,156 @@
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="996956545">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="834999372">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1167555583">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="114495392">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1056320969">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1737700229">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="000068BC"/>
     <w:rsid w:val="000112C8"/>
     <w:rsid w:val="00011E28"/>
     <w:rsid w:val="000A492A"/>
     <w:rsid w:val="00106DB0"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00126AA6"/>
     <w:rsid w:val="00165EF8"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="001A7CEF"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="002B5561"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="00327FD1"/>
     <w:rsid w:val="00396958"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E2DB0"/>
     <w:rsid w:val="003E4836"/>
     <w:rsid w:val="00421226"/>
     <w:rsid w:val="00445AC1"/>
     <w:rsid w:val="00483607"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="004A1F19"/>
     <w:rsid w:val="004C707E"/>
     <w:rsid w:val="004F1D9B"/>
     <w:rsid w:val="004F74C6"/>
     <w:rsid w:val="00504D0A"/>
     <w:rsid w:val="00521928"/>
     <w:rsid w:val="0053263F"/>
     <w:rsid w:val="00555055"/>
     <w:rsid w:val="00581178"/>
     <w:rsid w:val="0058668E"/>
+    <w:rsid w:val="005B2B4B"/>
     <w:rsid w:val="005B589F"/>
     <w:rsid w:val="005F2C43"/>
     <w:rsid w:val="00625DAD"/>
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00647FB5"/>
     <w:rsid w:val="006641E3"/>
     <w:rsid w:val="00682CD5"/>
     <w:rsid w:val="006B1CB8"/>
     <w:rsid w:val="0070589E"/>
     <w:rsid w:val="00717CED"/>
     <w:rsid w:val="007840A6"/>
     <w:rsid w:val="007E6E60"/>
     <w:rsid w:val="007F6BCA"/>
     <w:rsid w:val="00803E78"/>
     <w:rsid w:val="0081582A"/>
+    <w:rsid w:val="008628D2"/>
     <w:rsid w:val="008643B9"/>
     <w:rsid w:val="00876384"/>
     <w:rsid w:val="00904DBB"/>
     <w:rsid w:val="009379D2"/>
     <w:rsid w:val="00940D53"/>
     <w:rsid w:val="0095347C"/>
     <w:rsid w:val="00962F24"/>
+    <w:rsid w:val="00980A28"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
     <w:rsid w:val="009C2574"/>
     <w:rsid w:val="009F0CA5"/>
     <w:rsid w:val="00A46C73"/>
     <w:rsid w:val="00A72C73"/>
+    <w:rsid w:val="00A86CB9"/>
     <w:rsid w:val="00AA15B0"/>
     <w:rsid w:val="00AA6ACD"/>
     <w:rsid w:val="00AF16F9"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B4515D"/>
     <w:rsid w:val="00B6616D"/>
     <w:rsid w:val="00B84406"/>
     <w:rsid w:val="00B9572D"/>
     <w:rsid w:val="00BE2CC3"/>
     <w:rsid w:val="00C961F8"/>
+    <w:rsid w:val="00CB3EA6"/>
     <w:rsid w:val="00CD25C2"/>
     <w:rsid w:val="00CE4002"/>
     <w:rsid w:val="00CE5B82"/>
     <w:rsid w:val="00CF3DF0"/>
     <w:rsid w:val="00CF7617"/>
     <w:rsid w:val="00D00322"/>
     <w:rsid w:val="00D533CF"/>
     <w:rsid w:val="00D5559D"/>
+    <w:rsid w:val="00D938B8"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
     <w:rsid w:val="00E374DA"/>
     <w:rsid w:val="00E40134"/>
     <w:rsid w:val="00E652AA"/>
+    <w:rsid w:val="00E90A82"/>
     <w:rsid w:val="00EB1A82"/>
     <w:rsid w:val="00F1229D"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00FA048A"/>
     <w:rsid w:val="00FB01A1"/>
     <w:rsid w:val="00FC054F"/>
     <w:rsid w:val="00FF6051"/>
     <w:rsid w:val="00FF7349"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -3819,69 +3673,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>231</Words>
-  <Characters>1272</Characters>
+  <Words>224</Words>
+  <Characters>1236</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1501</CharactersWithSpaces>
+  <CharactersWithSpaces>1458</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alma Fernanda Vera Quea</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>