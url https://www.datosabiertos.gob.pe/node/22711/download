--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -1,90 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mpereira\Documents\Work\PNDA Nuevos\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{36E8589A-16B9-4069-B6C0-AB3B0F8F96B3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9E9CFC7E-6BDF-4BD3-BF6F-CBA0D028A985}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Arbitraje" sheetId="25" r:id="rId1"/>
+    <sheet name="DiccionarioDatos" sheetId="26" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="76">
-[...8 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="81">
   <si>
     <t>FECHA_CONVOCATORIA</t>
   </si>
   <si>
     <t>PROCESO</t>
   </si>
   <si>
     <t>MONEDA</t>
   </si>
   <si>
     <t>DESCRIPCION_ITEM</t>
   </si>
   <si>
     <t>N_COD_CONTRATO</t>
   </si>
   <si>
     <t>DESCRIPCION_PROCESO</t>
   </si>
   <si>
     <t>FECHA_PUBLICACION_CONTRATO</t>
   </si>
   <si>
     <t>FECHA_SUSCRIPCION_CONTRATO</t>
   </si>
   <si>
@@ -111,62 +101,50 @@
   <si>
     <t>ENTIDAD</t>
   </si>
   <si>
     <t>TIENERESOLUCION</t>
   </si>
   <si>
     <t>CODIGOCONVOCATORIA</t>
   </si>
   <si>
     <t>DEPARTAMENTO_ITEM</t>
   </si>
   <si>
     <t>PROVINCIA_ITEM</t>
   </si>
   <si>
     <t>DISTRITO_ITEM</t>
   </si>
   <si>
     <t>OBJETOCONTRACTUAL</t>
   </si>
   <si>
     <t>Nombre de la Entidad</t>
   </si>
   <si>
-    <t>TEXTO</t>
-[...10 lines deleted...]
-  <si>
     <t>TIPODEMANDANTE</t>
   </si>
   <si>
     <t>TIPOARBITRAJE</t>
   </si>
   <si>
     <t>TIPOARBITRO</t>
   </si>
   <si>
     <t>NOMBREPRESIDENTE</t>
   </si>
   <si>
     <t>RUCARBITROENTIDAD</t>
   </si>
   <si>
     <t>NOMBREARBITROENTIDAD</t>
   </si>
   <si>
     <t>RUCARBITROCONTRATISTA</t>
   </si>
   <si>
     <t>NOMBREARBITROCONTRATISTA</t>
   </si>
   <si>
     <t>FECHA_INSTALACION</t>
@@ -258,227 +236,215 @@
   <si>
     <t>Fecha de suscripción del contrato</t>
   </si>
   <si>
     <t>Fecha de Vigencia Inicial</t>
   </si>
   <si>
     <t>Fecha de Fin de Vigencia Actualizada</t>
   </si>
   <si>
     <t>Fecha de Instalación</t>
   </si>
   <si>
     <t>Fecha de Emision del Laudo</t>
   </si>
   <si>
     <t>Fecha de Iniciao de proceso arbitral</t>
   </si>
   <si>
     <t>Fecha del documento del laudo</t>
   </si>
   <si>
     <t>Fecha de registro del Laudo en SEACE</t>
   </si>
   <si>
-    <t>DICCIONARIO DE DATOS - DATASET ARBITRAJE</t>
+    <t>Nombre del Dataset:</t>
+  </si>
+  <si>
+    <t>Variable</t>
+  </si>
+  <si>
+    <t>Descripción</t>
+  </si>
+  <si>
+    <t>Tipo de Dato</t>
+  </si>
+  <si>
+    <t>Tamaño</t>
+  </si>
+  <si>
+    <t>Recurso Relacionado</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Información Adicional </t>
+  </si>
+  <si>
+    <t>Número</t>
+  </si>
+  <si>
+    <t>Texto</t>
+  </si>
+  <si>
+    <t>Número real con dos decimales</t>
+  </si>
+  <si>
+    <t>Fecha</t>
+  </si>
+  <si>
+    <t>Formato dd/mm/aaaa</t>
+  </si>
+  <si>
+    <t>PROCESOS CON ARBITRAJE – [ORGANISMO ESPECIALIZADO PARA LAS CONTRATACIONES PÚBLICAS EFICIENTES - OECE]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...14 lines deleted...]
-      <sz val="12"/>
+      <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="16"/>
-[...1 lines deleted...]
-      <name val="Calibri"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial Narrow"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...2 lines deleted...]
-      <name val="Calibri"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial Narrow"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...7 lines deleted...]
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFD9E2F3"/>
-        <bgColor indexed="64"/>
+        <fgColor rgb="FFFFF2CC"/>
+        <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="medium">
-        <color rgb="FF999999"/>
+      <right style="thin">
+        <color indexed="64"/>
       </right>
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="medium">
-        <color rgb="FF999999"/>
+      <right style="thin">
+        <color indexed="64"/>
       </right>
-      <top style="medium">
+      <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
-      </bottom>
-[...35 lines deleted...]
-        <color rgb="FF999999"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="justify" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -717,481 +683,704 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
-  <dimension ref="A1:C38"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9E20BB5B-EB3F-47A7-A6EA-CEBBED8DE55F}">
+  <dimension ref="A1:F39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I14" sqref="I14"/>
+      <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="56.42578125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="22.28515625" customWidth="1"/>
+    <col min="1" max="1" width="34.85546875" customWidth="1"/>
+    <col min="2" max="2" width="98.140625" customWidth="1"/>
+    <col min="3" max="3" width="16.42578125" customWidth="1"/>
+    <col min="6" max="6" width="31" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1" s="1"/>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A2" s="1"/>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A3" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C3" s="1"/>
+      <c r="D3" s="4"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="6"/>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A4" s="6"/>
+      <c r="B4" s="6"/>
+      <c r="C4" s="7"/>
+      <c r="D4" s="4"/>
+      <c r="E4" s="5"/>
+      <c r="F4" s="6"/>
+    </row>
+    <row r="5" spans="1:6" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A5" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B5" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C5" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D5" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E5" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="F5" s="8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A6" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" s="11" t="s">
         <v>75</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="3" t="s">
+      <c r="D6" s="12">
+        <v>10</v>
+      </c>
+      <c r="E6" s="10"/>
+      <c r="F6" s="10"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A7" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="D7" s="12">
+        <v>20</v>
+      </c>
+      <c r="E7" s="10"/>
+      <c r="F7" s="10"/>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A8" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" s="12">
+        <v>10</v>
+      </c>
+      <c r="E8" s="10"/>
+      <c r="F8" s="10"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="B9" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" s="12">
+        <v>250</v>
+      </c>
+      <c r="E9" s="10"/>
+      <c r="F9" s="10"/>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A10" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="C10" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" s="12">
+        <v>20</v>
+      </c>
+      <c r="E10" s="10"/>
+      <c r="F10" s="10"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A11" s="10" t="s">
+        <v>1</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="C11" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="D11" s="12">
+        <v>250</v>
+      </c>
+      <c r="E11" s="10"/>
+      <c r="F11" s="10"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="C12" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="D12" s="12">
+        <v>10</v>
+      </c>
+      <c r="E12" s="10"/>
+      <c r="F12" s="10"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="C13" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="D13" s="12">
+        <v>250</v>
+      </c>
+      <c r="E13" s="10"/>
+      <c r="F13" s="10"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A14" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="B14" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D14" s="12">
+        <v>10</v>
+      </c>
+      <c r="E14" s="10"/>
+      <c r="F14" s="10"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A15" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="C15" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D15" s="12">
+        <v>20</v>
+      </c>
+      <c r="E15" s="13"/>
+      <c r="F15" s="13"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A16" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D16" s="12">
+        <v>20</v>
+      </c>
+      <c r="E16" s="13"/>
+      <c r="F16" s="13"/>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A17" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="C17" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D17" s="12">
+        <v>20</v>
+      </c>
+      <c r="E17" s="13"/>
+      <c r="F17" s="10"/>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A18" s="13" t="s">
+        <v>3</v>
+      </c>
+      <c r="B18" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="C18" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" s="12">
+        <v>250</v>
+      </c>
+      <c r="E18" s="13"/>
+      <c r="F18" s="13"/>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A19" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="B19" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="C19" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D19" s="12">
+        <v>15</v>
+      </c>
+      <c r="E19" s="13"/>
+      <c r="F19" s="10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A20" s="13" t="s">
+        <v>2</v>
+      </c>
+      <c r="B20" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="C20" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D20" s="12">
+        <v>20</v>
+      </c>
+      <c r="E20" s="13"/>
+      <c r="F20" s="13"/>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="C21" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D21" s="12">
+        <v>2</v>
+      </c>
+      <c r="E21" s="13"/>
+      <c r="F21" s="10"/>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A22" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="B22" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="C22" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D22" s="12">
+        <v>20</v>
+      </c>
+      <c r="E22" s="13"/>
+      <c r="F22" s="10"/>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A23" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B23" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="C23" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D23" s="12">
+        <v>20</v>
+      </c>
+      <c r="E23" s="13"/>
+      <c r="F23" s="13"/>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A24" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="B24" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="C24" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D24" s="12">
+        <v>20</v>
+      </c>
+      <c r="E24" s="13"/>
+      <c r="F24" s="13"/>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A25" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="B25" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="C25" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D25" s="12">
+        <v>250</v>
+      </c>
+      <c r="E25" s="13"/>
+      <c r="F25" s="13"/>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A26" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="B26" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="C26" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D26" s="12">
+        <v>11</v>
+      </c>
+      <c r="E26" s="13"/>
+      <c r="F26" s="13"/>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A27" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="C27" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D27" s="12">
+        <v>250</v>
+      </c>
+      <c r="E27" s="13"/>
+      <c r="F27" s="13"/>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A28" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B28" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="C28" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28" s="12">
+        <v>11</v>
+      </c>
+      <c r="E28" s="13"/>
+      <c r="F28" s="13"/>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A29" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="B29" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="C29" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D29" s="12">
+        <v>250</v>
+      </c>
+      <c r="E29" s="13"/>
+      <c r="F29" s="13"/>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A30" s="13" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="4" t="s">
-[...18 lines deleted...]
-      <c r="A4" s="7" t="s">
+      <c r="B30" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="C30" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="D30" s="12">
+        <v>10</v>
+      </c>
+      <c r="E30" s="13"/>
+      <c r="F30" s="13" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A31" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B31" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="C31" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="D31" s="12">
+        <v>10</v>
+      </c>
+      <c r="E31" s="13"/>
+      <c r="F31" s="13" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A32" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="B4" s="1" t="s">
-[...18 lines deleted...]
-      <c r="A6" s="7" t="s">
+      <c r="B32" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="C32" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="D32" s="12">
+        <v>10</v>
+      </c>
+      <c r="E32" s="13"/>
+      <c r="F32" s="13" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A33" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="B6" s="1" t="s">
-[...150 lines deleted...]
-      <c r="A20" s="7" t="s">
+      <c r="B33" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="C33" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="D33" s="12">
+        <v>10</v>
+      </c>
+      <c r="E33" s="13"/>
+      <c r="F33" s="13" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A34" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="B34" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="C34" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="D34" s="12">
+        <v>10</v>
+      </c>
+      <c r="E34" s="13"/>
+      <c r="F34" s="13" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A35" s="13" t="s">
         <v>31</v>
       </c>
-      <c r="B20" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A21" s="7" t="s">
+      <c r="B35" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="C35" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="D35" s="12">
+        <v>10</v>
+      </c>
+      <c r="E35" s="13"/>
+      <c r="F35" s="13" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A36" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="B21" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A22" s="7" t="s">
+      <c r="B36" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="C36" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="D36" s="12">
+        <v>10</v>
+      </c>
+      <c r="E36" s="13"/>
+      <c r="F36" s="13" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A37" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="B22" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A23" s="7" t="s">
+      <c r="B37" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="C37" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="D37" s="12">
+        <v>10</v>
+      </c>
+      <c r="E37" s="13"/>
+      <c r="F37" s="13" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A38" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="B23" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A24" s="7" t="s">
+      <c r="B38" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C38" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="D38" s="12">
+        <v>10</v>
+      </c>
+      <c r="E38" s="13"/>
+      <c r="F38" s="13" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A39" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="B24" s="1" t="s">
-[...54 lines deleted...]
-      <c r="B29" s="1" t="s">
+      <c r="B39" s="13" t="s">
         <v>67</v>
       </c>
-      <c r="C29" s="6" t="s">
-[...82 lines deleted...]
-        <v>29</v>
+      <c r="C39" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="D39" s="12">
+        <v>10</v>
+      </c>
+      <c r="E39" s="13"/>
+      <c r="F39" s="13" t="s">
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Arbitraje</vt:lpstr>
+      <vt:lpstr>DiccionarioDatos</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>