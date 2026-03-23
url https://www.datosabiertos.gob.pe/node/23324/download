--- v0 (2025-11-26)
+++ v1 (2026-03-23)
@@ -34,60 +34,52 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00717CED">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>METADATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77E11A95" w14:textId="03F7DB74" w:rsidR="00504D0A" w:rsidRPr="003C7CC1" w:rsidRDefault="009F0CA5" w:rsidP="00DA6578">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C7CC1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Metadatos del </w:t>
+        <w:t>Metadatos del dataset</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EB1A82" w:rsidRPr="003C7CC1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="003C7CC1">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00041BC4">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>Trata de Persona</w:t>
       </w:r>
       <w:r w:rsidR="00512640">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="003C7CC1">
@@ -573,152 +565,138 @@
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Frecuencia de actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="234AA13C" w14:textId="45A7C153" w:rsidR="00A6145A" w:rsidRPr="003C7CC1" w:rsidRDefault="00FB5F2B" w:rsidP="00504D0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enero, </w:t>
-[...13 lines deleted...]
-              <w:t>, Julio, Octubre</w:t>
+              <w:t>Enero, Abril, Julio, Octubre</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w14:paraId="2C94159F" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C1DE0E1" w14:textId="18D08B51" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="66EE368A" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
+          <w:p w14:paraId="1B051219" w14:textId="44DE6CAE" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="002E129A">
+            <w:r w:rsidR="00CF07F1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00625083">
+            <w:r w:rsidR="00CF07F1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>02</w:t>
             </w:r>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00625083">
+            <w:r w:rsidR="00CF07F1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>28</w:t>
             </w:r>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00625083">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
               </w:rPr>
               <w:t>0:00 (UTC-05:00)</w:t>
             </w:r>
@@ -754,51 +732,51 @@
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="682DC893" w14:textId="0137D037" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00512640" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>0.</w:t>
             </w:r>
             <w:r w:rsidR="00FF670E">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00FB5F2B" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
+      <w:tr w:rsidR="00CD25C2" w:rsidRPr="00CF07F1" w14:paraId="7EBCCDEC" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="083F45C8" w14:textId="4E1B2523" w:rsidR="00CD25C2" w:rsidRPr="003C7CC1" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C7CC1">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1757,127 +1735,128 @@
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="607932526">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1492451453">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="488522378">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="472874407">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="929390834">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="00041BC4"/>
     <w:rsid w:val="000C5D2A"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="001A1B86"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="002830E4"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="002A56A3"/>
     <w:rsid w:val="002B6239"/>
     <w:rsid w:val="002E129A"/>
     <w:rsid w:val="002F2F52"/>
     <w:rsid w:val="002F754E"/>
     <w:rsid w:val="00306482"/>
     <w:rsid w:val="003728FC"/>
     <w:rsid w:val="00385090"/>
     <w:rsid w:val="003C7CC1"/>
     <w:rsid w:val="003D0AF5"/>
     <w:rsid w:val="003D6FF9"/>
     <w:rsid w:val="003E4836"/>
     <w:rsid w:val="00452D5D"/>
     <w:rsid w:val="0048753E"/>
     <w:rsid w:val="004B3BCA"/>
     <w:rsid w:val="004E0032"/>
     <w:rsid w:val="004F1D9B"/>
     <w:rsid w:val="00504D0A"/>
     <w:rsid w:val="00512640"/>
     <w:rsid w:val="0053263F"/>
     <w:rsid w:val="005521F8"/>
     <w:rsid w:val="005A3069"/>
+    <w:rsid w:val="005D74EF"/>
     <w:rsid w:val="005F2C43"/>
     <w:rsid w:val="00625083"/>
     <w:rsid w:val="00636A28"/>
     <w:rsid w:val="00647FB5"/>
     <w:rsid w:val="00682CD5"/>
     <w:rsid w:val="006A25E6"/>
     <w:rsid w:val="0070589E"/>
     <w:rsid w:val="00717CED"/>
     <w:rsid w:val="007840A6"/>
     <w:rsid w:val="007C5C03"/>
     <w:rsid w:val="007D4118"/>
     <w:rsid w:val="007D5729"/>
     <w:rsid w:val="00876384"/>
     <w:rsid w:val="00904DBB"/>
     <w:rsid w:val="009379D2"/>
     <w:rsid w:val="0095347C"/>
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
     <w:rsid w:val="009F0CA5"/>
     <w:rsid w:val="00A6145A"/>
     <w:rsid w:val="00A76533"/>
     <w:rsid w:val="00AE23EF"/>
     <w:rsid w:val="00AE7ED1"/>
     <w:rsid w:val="00B12CBC"/>
     <w:rsid w:val="00B2009A"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B6616D"/>
     <w:rsid w:val="00B81446"/>
     <w:rsid w:val="00B9437C"/>
     <w:rsid w:val="00BE2CC3"/>
     <w:rsid w:val="00C961F8"/>
     <w:rsid w:val="00CD25C2"/>
+    <w:rsid w:val="00CF07F1"/>
     <w:rsid w:val="00CF4785"/>
     <w:rsid w:val="00D00322"/>
     <w:rsid w:val="00D5559D"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
     <w:rsid w:val="00DF3E4A"/>
     <w:rsid w:val="00DF7592"/>
     <w:rsid w:val="00EB1A82"/>
     <w:rsid w:val="00F1229D"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00FA048A"/>
     <w:rsid w:val="00FB5F2B"/>
     <w:rsid w:val="00FF670E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>